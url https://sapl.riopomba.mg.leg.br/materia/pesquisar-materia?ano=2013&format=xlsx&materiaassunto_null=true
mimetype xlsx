--- v0 (2025-12-22)
+++ v1 (2026-03-23)
@@ -54,3141 +54,3141 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Maria do Carmo Vieira da Silva Gomes</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NO DISTRITO INDUSTRIAL DE RIO POMBA.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA ESCOLA RURAL DE GONÇALVES.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>PSF NA ZONA RURAL.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Jorginho</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE QUEBRA-MOLAS.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Maurílio Rodrigues dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DE RUA NO BAIRRO JARDIM AMÉRICA</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/</t>
   </si>
   <si>
     <t>CAPTAÇÃO DE ÁGUAS PLUVIAIS NA AV. JORN. JOSÉ DE ASSIS VIEIRA.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTACIONAMENTO ROTATIVO.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Túlio Mota Salgado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>CANALIZAÇÃO DO CÓRREGO INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATENDIMENTO DAS OBRAS DA ZONA RURAL.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/272/272_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACESSIBILIDADE NOS PRÉDIOS E CALÇADAS.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Paulo Henrique da Silva</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/251/251_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTORES DE VELOCIDADE NA RUA MINISTRO ADAUTO L. CARDOSO.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Sérgio Antônio Mota Furtado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/134/134_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESCOAMENTO DE ÁGUAS PLUVIAIS NO BAIRRO SANTA ISABEL.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/465/465_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>CURSO DE MECÂNICA DE AUTOMÓVEIS.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABASTECIMENTO DE ÁGUA NO MONTE ALEGRE.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Antônio Dias de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/467/467_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/467/467_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DAS ESTRADAS RURAIS.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/98/98_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NA VILA EXISTENTE JUNTO À AV. DJANIRA LUCAS ESTEVES.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/468/468_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t>UBS NO LINDO VALE.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/469/469_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/469/469_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISQUE-DENÚNCIA ANÔNIMO.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESENTUPIMENTO DE BUEIRO.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/470/470_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRÁTICA DESPORTIVA PARA CRIANÇAS E ADOLESCENTES.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/471/471_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABASTECIMENTO DE ÁGUA NO LOTEAMENTO PANORAMA.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/472/472_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t>PSF NO BAIRRO JOSÉ MENDONÇA DOS REIS (ESTAÇÃO).</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/473/473_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NA PRAÇA VEREADOR MUNDICO.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/474/474_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NA QUADRA POLIESPORTIVA PRÓXIMA DA RODOVIÁRIA.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/475/475_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/475/475_texto_integral.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DA CAPELA MORTUÁRIA.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/476/476_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO E CALÇAMENTO NO BAIRRO BELVEDERE.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Romeuzinho Moreira</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/477/477_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEMÁFORO NAS VIAS EM TORNO DA PRAÇA JOAQUIM ALVES DE ARAÚJO E OUTROS LOCAIS.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/478/478_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIA DE SEGURANÇA EM BARRANCO NO BAIRRO ESTAÇÃO.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/479/479_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DE RUA NO BAIRRO JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/280/280_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NA RUA DIVINO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/480/480_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/481/481_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t>MURO DE CONTENÇÃO NO BAIRRO SOL NASCENTE.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/482/482_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BUEIROS.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Túlio Mota Salgado, Maria do Carmo Vieira da Silva Gomes</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NO ALTO DO TREVO.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/483/483_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DE PONTES EM ZONA RURAL.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Túlio Mota Salgado, Paulo Henrique da Silva</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2013/281/indicacao_no36-2013_tulio_e_paulo.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2013/281/indicacao_no36-2013_tulio_e_paulo.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DO CEMITÉRIO.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/484/484_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO NO LOTEAMENTO PANORAMA.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/485/485_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t>TORRE DE TELEFONIA CELULAR EM ZONA RURAL.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/486/486_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACADEMIA AO AR LIVRE NO LINDO VALE.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/487/487_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/487/487_texto_integral.pdf</t>
   </si>
   <si>
     <t>PONTE DE CONCRETO NO MONTE ALEGRE.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Juscélio Bernardino</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/488/488_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/488/488_texto_integral.pdf</t>
   </si>
   <si>
     <t>MURO DE ARRIMO NA RUA DIVINO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/489/489_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/489/489_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIA EM BUEIRO NO BAIRRO SANTA ISABEL.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/490/490_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/490/490_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISÃO DA REMUNERAÇÃO DOS AGENTES COMUNITÁRIOS DE SAÚDE.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/491/491_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/491/491_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA EM PONTO DO BAIRRO SANTA ISABEL.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/492/492_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/492/492_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMBATE A MOSQUITOS NA REGIÃO CENTRAL.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/493/493_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/493/493_texto_integral.pdf</t>
   </si>
   <si>
     <t>CASCALHAMENTO E PATROLAMENTO EM ESTRADAS RURAIS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/494/494_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTORES DE VELOCIDADE NA RUA TOMÉ BORGES.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/495/495_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t>BUEIRO NA AV. PROF. JOÃO BATISTA SANTIAGO.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/496/496_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/496/496_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CASAS POPULARES NO ROSÁRIO CENTRAL.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/497/497_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/497/497_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODERNIZAÇÃO DO CEMITÉRIO E DA CAPELA MORTUÁRIA.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/498/498_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/498/498_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO CÓRREGO INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Maria do Carmo Vieira da Silva Gomes, Túlio Mota Salgado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO BAIRRO SANTA HELENA.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Túlio Mota Salgado, Antônio Dias de Oliveira, Jorginho, Juscélio Bernardino, Maria do Carmo Vieira da Silva Gomes, Maurílio Rodrigues dos Reis, Paulo Henrique da Silva, Romeuzinho Moreira, Sérgio Antônio Mota Furtado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/499/499_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/499/499_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE MURO DE CONTENÇÃO NO BAIRRO NOSSA SENHORA DAS GRAÇAS.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/500/500_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NA AV. PROFESSOR JOSÉ MARCELINO.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/501/501_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE MATABURROS.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/502/502_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PASSEIO NO TREVO.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/503/503_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROIBIÇÃO DE PARAR E ESTACIONAR NA RUA VEREADOR LUIZ ANTÔNIO BARRA.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/504/504_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS DE TRÂNSITO NO BAIRRO FOMENTO.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/505/505_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO NOS SERVIÇOS DA COPASA.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/506/506_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/506/506_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DA LEI GERAL DAS MICRO E PEQUENAS EMPRESAS.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/507/507_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE CAÇAMBA DE ESPAÇO PÚBLICO.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/508/508_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO ESPAÇO PÚBLICO CLYMENE DE QUEIROZ.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/509/509_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/509/509_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESCOAMENTO DE ÁGUA NO BAIRRO SANTA ISABEL.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/510/510_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LIXEIRAS NO MUTIRÃO.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/511/511_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>BEBEDOUROS INDUSTRIAIS NO PARQUE DE EXPOSIÇÕES.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/303/303_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTORES DE VELOCIDADE NO BAIRRO EXPERIMENTAL.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/512/512_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUXÍLIO À SOCIEDADE MUSICAL SANTA CECÍLIA.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/513/513_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BIBLIOTECA NA CADEIA.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/515/515_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACADEMIAS AO AR LIVRE.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/252/252_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS EM ESTRADA RURAL DA SERRINHA.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/516/516_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO CALÇAMENTO DE RUAS DO BAIRRO PREFEITO GERALDO HOMEM DE FARIA.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/517/517_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO OU PAVIMENTAÇÃO DA VILA MALTA.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/518/518_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/518/518_texto_integral.pdf</t>
   </si>
   <si>
     <t>MURO DE CONTENÇÃO NA RUA LUIZA ALVIM.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/514/514_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPARO NA CAMADA ASFÁLTICA DO BAIRRO ESTAÇÃO.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTORES DE VELOCIDADE.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/519/519_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/519/519_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS EM BUEIROS.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/520/520_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/521/521_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECOLHIMENTO DE CÃES DE RUA.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/522/522_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARTICIPAÇÃO DE AGRICULTORES NA AGRIMINAS 2013.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Maurílio Rodrigues dos Reis, Jorginho</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/523/523_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACADEMIA AO AR LIVRE NO BAIRRO JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/524/524_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NO BAIRRO SANTA ISABEL.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Maurílio Rodrigues dos Reis, Túlio Mota Salgado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/322/322_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO DE RUAS DO BAIRRO NOSSA SENHORA DAS GRAÇAS.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/525/525_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIA NA RUA VEREADOR JOSÉ PAULO DE MIRANDA.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2013/201/indicacao_no86-2013_tulio_e_paulo.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2013/201/indicacao_no86-2013_tulio_e_paulo.pdf</t>
   </si>
   <si>
     <t>ACADEMIA E QUADRA POLIESPORTIVA NO BAIRRO PREFEITO GERALDO HOMEM DE FARIA.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/273/273_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NA PONTE SOBRE O RIO FORMOSO, ZONA RURAL DE PASSA CINCO, E NA ESTRADA DA REGIÃO DE SINHÁ.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/526/526_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>AGILIZAÇÃO NA EMISSÃO DE ALVARÁS.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/363/363_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NO FINAL DO BAIRRO SANTA ISABEL.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/527/527_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DE QUEBRA-MOLAS.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/536/536_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/536/536_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA SEDE DO CRAS.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/537/537_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO TERMINAL RODOVIÁRIO.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/538/538_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NA RUA CEL. MARCIANO G. CAMPOS.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Juscélio Bernardino, Túlio Mota Salgado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/311/311_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO DE RUAS DO MUTIRÃO.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/539/539_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIA NO ALTO DA RUA LUIZA ALVIM.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/540/540_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO BAIRRO ROSA MÍSTICA.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Maria do Carmo Vieira da Silva Gomes, Maurílio Rodrigues dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/541/541_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO ESTACIONAMENTO DO CEMITÉRIO.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/542/542_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO PROGRAMA CIDADE DIGITAL.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/543/543_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/543/543_texto_integral.pdf</t>
   </si>
   <si>
     <t>CREDENCIAMENTO DOS AGRICULTORES AO PRONAF.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/544/544_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>EDIFICAÇÃO DE PRAÇA NO ANTIGO MATADOURO.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Paulo Henrique da Silva, Túlio Mota Salgado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/545/545_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRÂNSITO IRREGULAR DE CAMINHÕES.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/546/546_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLETA DE LIXO NOTURNA.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/547/547_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTACIONAMENTO NO BAIRRO SÃO MANOEL.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/548/548_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>UTILIZAÇÃO DO FUMACÊ NO COMBATE À DENTE.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/549/549_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/549/549_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO DA RUA DIVINO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/550/550_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA RUA GERALDO ROSA SOARES.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/551/551_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>GUARITA NA PRAÇA DELANO LOPES MACHADO.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/552/552_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>VACINAÇÃO DE DOENTES ACAMADOS E ACOMPANHANTES.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/553/553_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t>FECHAMENTO DE BURACO FEITO PELA COPASA NO FOMENTO.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/554/554_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO EM TERRENO DO BAIRRO SANTA ISABEL.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/555/555_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE MANILHÃO POR PONTE NO BOMJARDIM.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/202/202_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DO CALÇAMENTO DA RUA IONÍCIO TEIXEIRA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/556/556_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIA NA PONTE SOBRE O RIO SÃO MANOEL.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPARO E ASFALTAMENTO NA RUA DANTE MENICUCCI.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/557/557_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>VERIFICAÇÃO DE BUEIROS NO BAIRRO EXPERIMENTAL.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/558/558_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DE PONTE NOS CARMOS.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/559/559_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANILHAMENTO NO MORRO DOS CARMOS.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/560/560_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>CADASTRAMENTO PARA CONSTRUÇÃO E ESTRUTURAÇÃO DO CAPS.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO DA RUA DIÓGENES COELHO GOMES.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Paulo Henrique da Silva, Maurílio Rodrigues dos Reis, Túlio Mota Salgado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/203/203_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRAÇA NO ALTO DA RUA GERALDO ROSA SOARES.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/561/561_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>PONTE EM LEANDROS/VOGADOS.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>DESCONHECIDO, Juscélio Bernardino</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/5/5_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>MURO DE CONTENÇÃO EM RESIDÊNCIA DA RUA CEL. JOSÉ FURTADO DE MENDONÇA.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/6/6_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROTEÇÃO EM BUEIRO DA AV. DO CONTORNO.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/7/7_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROÇADA DE MATO PARA PREVENÇÃO DE INCÊNDIOS.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>DESCONHECIDO, Túlio Mota Salgado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/8/8_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/562/562_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO VERTICAL SOBRE OS PASSEIOS.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/563/563_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>MATABURRO NA ZONA RURAL DE MENDES.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>DESCONHECIDO, Maria do Carmo Vieira da Silva Gomes</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/9/9_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLETA DE LIXO NOS BARES DA ZONA RURAL.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/564/564_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESCOAMENTO DE ÁGUA DO CAMPO DO POMBENSE.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/565/565_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>MATABURROS NA ZONA RURAL DE BOMJARDIM.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/462/462_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE SEDE PARA O CANIL.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Jorginho, Maria do Carmo Vieira da Silva Gomes</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/40/40_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UNIDADE DO CORPO DE BOMBEIROS</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/566/566_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/567/567_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>CADASTRAMENTO PARA ESCOLA INTEGRAL.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/568/568_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DAS INCUMBADORAS DA MICRO E PEQUENA EMPRESA.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/569/569_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/23/23_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>MURO DE ARRIMO NO ALMOXARIFADO.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>DESCONHECIDO, Paulo Henrique da Silva</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/10/10_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTORES DE VELOCIDADE NA RUA DR. JOSÉ MARINHO SARAIVA.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/11/11_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>CURSO DE PRIMEIROS SOCORROS PARA SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Paulo Henrique da Silva, Antônio Dias de Oliveira, Jorginho, Juscélio Bernardino, Maria do Carmo Vieira da Silva Gomes, Maurílio Rodrigues dos Reis, Romeuzinho Moreira, Sérgio Antônio Mota Furtado, Túlio Mota Salgado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/24/24_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>CANALIZAÇÃO DO CÓRREGO NA LATERAL DA AV. JUVENAL PENA.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/85/85_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATUALIZAÇÃO DO VALOR DA BOLSA AUXÍLIO DOS ESTAGIÁRIOS.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/86/86_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>LOGOMARCA DO CURRAL BONITO.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/19/19_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>PASTEURIZAÇÃO DO LEITE PARA ATENDER ÀS NORMAS DA VIGILÂNCIA SANITÁRIA.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>DESCONHECIDO, Maria do Carmo Vieira da Silva Gomes, Paulo Henrique da Silva, Túlio Mota Salgado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/14/14_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTORES DE VELOCIDADE PRÓXIMO DO LOTEAMENTO PANORAMA.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/15/15_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NA RUA HENRIQUE DIAS FILHO.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/25/25_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO ALTO DA RUA OZÓRIO NOVATO.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/26/26_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROIBIÇÃO DE ESTACIONAMENTO EM TRECHO DA RUA MADRE CABRINI.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/41/41_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>VARRIÇÃO DE RUAS NO BAIRRO EXPERIMENTAL.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/16/16_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NA RUA JOSÉ FILIZOLA &amp;#8211; BAIRRO SANTA ISABEL.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>DESCONHECIDO, Paulo Henrique da Silva, Túlio Mota Salgado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/17/17_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>VERIFICAÇÃO DA COBERTURA DO TERMINAL RODOVIÁRIO.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>DESCONHECIDO, Sérgio Antônio Mota Furtado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/18/18_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>FUNCIONAMENTO DA FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/27/27_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/28/28_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>CORRIMÃO NA SUBIDA DA RUA PREFEITO DR. ANTÔNIO DA MOTA FILHO.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/29/29_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAIXA DE PEDESTRES DA RUA DR. DUTRA.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/42/42_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ACADEMIAS AO AR LIVRE.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/43/43_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO E CALÇAMENTO EM RUA DO FINAL DA ANTÔNIO MOTA CAMPOS.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/75/75_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NA RUA JURISTA SERRANO NEVES.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/44/44_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTAÇÃO DO TRÂNSITO NAS IMEDIAÇÕES DO TERMINAL RODOVIÁRIO.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/45/45_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>BANHEIRO PÚBLICO NA PRAÇA PREFEITO MESSIAS BAÍA.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/46/46_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRAÇA NO BELVEDERE.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/47/47_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTINUAÇÃO DA COLOCAÇÃO DE PLACAS COM OS NOMES DAS VIAS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/48/48_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISÃO DO CÓDIGO DE POSTURAS MUNICIPAL.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/49/49_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/50/50_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO CAMINHO DA TORRE.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/51/51_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>CAPTAÇÃO DE ÁGUAS PLUVIAIS NO BAIRRO SANTA ISABEL.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/52/52_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BUEIROS NA PIO ROSA SOARES.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/53/53_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA EM PONTE DA ZONA RURAL.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Paulo Henrique da Silva, Maria do Carmo Vieira da Silva Gomes, Túlio Mota Salgado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/78/78_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIA NA RUA JOSÉ VIEIRA SOARES.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Túlio Mota Salgado, Maria do Carmo Vieira da Silva Gomes, Paulo Henrique da Silva</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/84/84_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>PASSAGENS ELEVADAS PARA PEDESTRES NO BAIRRO JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/83/83_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO DE VIAS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/82/82_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PONTE DE CONCRETO NOS GRANATOS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/112/112_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DE RUAS NO LOTEAMENTO RECANTO DAS GERAIS (PRÓXIMO).</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/99/99_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE PLANTADEIRA.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/113/113_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DO PASSE ESTUDANTIL.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/100/100_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO PROGRAMA MINAS LEITE.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/102/102_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/103/103_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO TRÂNSITO DA &amp;#8220;PEDREIRA&amp;#8221;.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/76/76_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE PLACAS INDICATIVAS COM O SENTIDO DOS BAIRROS, DO CENTRO E DE OUTROS LOCAIS DE REFERÊNCIA.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/77/77_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO OU CASCALHAMENTO EM TRECHO DA AV. MANOEL FERNANDES.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/79/79_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACADEMIAS AO AR LIVRE NA ZONA RURAL.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/80/80_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTAÇÃO DA LEI DO VALE CULTURAL.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/81/81_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE PEDÁGIO EM VIA MUNICIPAL.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/104/104_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE RECIPIENTE PARA DEPÓSITO DE LIXO.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/105/105_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>VISUALIZAÇÃO DE QUEBRA-MOLAS.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/106/106_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>EDIFICAÇÃO DA PRAÇA DO COMPROMISSO.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/114/114_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SERVIÇO DE VARRIÇÃO.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/107/107_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA RUA DOMINGOS INÁCIO.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Maria do Carmo Vieira da Silva Gomes, Paulo Henrique da Silva, Túlio Mota Salgado</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/108/108_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLETA DE LIXO NO PANORAMA.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/109/109_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>ITINERÁRIO DO ÔNIBUS URBANO NO LOTEAMENTO PANORAMA.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/125/125_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTOR DE VELOCIDADE.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/126/126_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALARGAMENTO DO PASSEIO DO DEFRONTE O FÓRUM.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/115/115_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/127/127_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>BUSTO DE ALCIDES MARANGON MACEDO.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/116/116_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINAL DE INTERNET NA ZONA RURAL.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/117/117_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO DE VIAS E OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/118/118_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/119/119_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESERVA DE VAGA EM FRENTE ÀS FARMÁCIAS.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/128/128_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÕES DAS DIVISAS DA ZONA RURAL.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/120/120_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>GUARITA NA ENTRADA DO DISTRITO INDUSTRIAL E PRÓXIMO DO ROTARY CLUB.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/121/121_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>PASSAGENS ELEVADAS PARA PEDESTRES NA RUA TOMÉ BORGES.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/122/122_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t>MONUMENTO AOS PRACINHAS RIOPOMBENSES DA FORÇA EXPEDICIONÁRIA BRASILEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>PASSAGENS ELEVADAS PARA PEDESTRES PRÓXIMO DO GINÁSIO.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/130/130_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUEIMA DE FOGOS DO REVEILON NO BELVEDERE.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/135/135_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t>MÃO ÚNICA NA RUA TOMÉ BORGES.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/131/131_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA NA AV. DO CONTORNO.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t>PONTO DE INTERNET NA ESTAÇÃO.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>CESTO DE LIXO NA PRAÇA VEREADOR MUNDICO.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/136/136_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t>EDIFICAÇÃO DE PRAÇA NO CENTRO.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/137/137_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t>CASCALHAMENTO DE ESTRADA NAS FORMIGAS.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/138/138_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEDE PARA A ASSOCIAÇÃO CALOR HUMANO.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>Jorginho, Paulo Henrique da Silva</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DA GUARDA MUNICIPAL.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO DE RUAS NO BELVEDERE.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/139/139_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t>AULAS DE DANÇA E DE CAPOEIRA NA REDE ESCOLAR MUNICIPAL.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>GUARDA-CORPO EM PONTE RURAL.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIA NO TRÂNSITO DO INÍCIO DA RUA TOMÉS BORGES.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROIBIÇÃO DE ESTACIONAR NA RUA CEL. FRANSCISCO VIEIRA.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>FISCALIZAÇÃO DE CONSTRUÇÕES ÀS MARGENS DO CÓRREGO INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO PROGRAMA ESPORTE E LAZER DA CIDADE.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/157/157_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>MUDANÇA DO TELEFONE DO PONTO DE TAXI Nº 1.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>PASSAGENS ELEVADAS PARA PEDESTRES NAS PROXIMIDADES DA PRAÇA DO COMPROMISSO.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>RETIRADA DOS QUEBRA-MOLAS DA AVENIDA PRÓXIMOS DO SEMÁFORO.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE TACHAS VIÁRIAS NA ENTRADA DA RUA DORVINA DORNELAS DE JESUS.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ENERGIA ELÉTRICA PARA A FEIRA LIVRE.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>PADRONIZAÇÃO/REFORMA DOS PASSEIOS DA AVENIDA E DA PRAÇA.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSCRIÇÕES NO PROGRAMA PRÓ-CRIANÇA.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE AUXÍLIO FUNERAL E MORADIA.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROIBIÇÃO DO TRÂNSITO DE BICICLETAS E SKATES NOS PASSEIOS DO BAIXIO.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA PASSAGEM INTERNA DO PARQUE DE EXPOSIÇÕES.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACADEMIA AO AR LIVRE NO BAIRRO SANTA ISABEL.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIA NO INÍCIO DA RUA FRANCISCO LUCAS ESTEVES.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE TANQUES PARA A CRIAÇÃO DE PEIXES.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAPA-BURACOS NO LINDO VALE.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DO CALÇAMENTO DA RUA DANTE MENICUCCI.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>RAMPA NA RUA CEL. LUÍS FURTADO DE MENDONÇA.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE FESTAS NO PARQUE DE EXPOSIÇÕES.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DE PONTE DE MADEIRA NA JALAPA.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPARO EM CALÇAMENTO DA RUA PADRE MANOEL.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEMÁFORO PERTO DO GRUPO SÃO JOSÉ.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUADRA PARA O TORNEIO DE FÉRIAS.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DA LEI DE USO, PARCELAMENTO E OCUPAÇÃO DO SOLO.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>ELABORAÇÃO DO PLANO DIRETOR.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>CADASTRAMENTO NO PROGRAMA MAIS MÉDICOS.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DO GUARDA-CORPO DA PONTE DOS CAVACUDOS.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATENDIMENTO SOCIAL PARA PESSOA EM SITUAÇÃO ESPECIAL.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESTRIÇÃO DE ESTACIONAMENTO NA ALAMEDA DOS INCONFIDENTES.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>POLICIAMENTO NA REGIÃO CENTRAL DA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>CASCALHAMENTO DE ESTRADAS RURAIS.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CASAS POPULARES.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>BENFEITORIAS NA PRAÇA DELANO LOPES MACHADO.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/192/192_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>APLICAÇÃO DE HERBICIDA NA ZONA RURAL.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/193/193_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO DE NATAL NAS PRAÇAS PÚBLICAS.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/194/194_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXPANSÃO DO PERÍMETRO URBANO.</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/20/20_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A JACILENE VIDAL SILVEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/21/21_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A ANGELITA LUCAS GARCIA.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/22/22_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A CARPEGIANI DE PAULA MARTINS.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/31/31_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A SÍLVIO VICENTE DE OLIVEIRA.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/60/60_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A ROMEU GONÇALVES DE PAIVA.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/61/61_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A JÚLIO CÉSAR MORENO.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/94/94_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A VANDER GONÇALVES CARVALHO.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/110/110_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A VERÔNICA DE PAULA DE ALMEIDA.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/69/69_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA HOMENAGEM DE HONRA AO MÉRITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/70/70_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
     <t>MANTÉM VETO AO PROJETO DE LEI Nº 1.546/2013.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/200/200_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PRODUTORES RURAIS DO VALE DO RIO POMBA.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>DENOMINA PRAÇA COM O NOME DE ALCIDES MARANGON MACEDO, NO CENTRO.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/89/89_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA COM O NOME DE JOSÉ AUGUSTO SOARES.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/32/32_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA COM O NOME DE JOÃO MARTINS VIEIRA, NO BAIRRO EXPERIMENTAL.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/33/33_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI Nº 1.436/2013.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>MARCOS PASCOALINO</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DAS ÁREAS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FILIAR-SE E FIRMAR CONVÊNIO COM A ASSOCIAÇÃO DOS MUNICÍPIOS DO CIRCUITO TURÍSTICO SERRAS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS (CIRCUITO TURÍSTICO SERRAS DE MINAS).</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE EQUIPAMENTOS DE MECANIZAÇÃO AGRÍCOLA).</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS (RATEIO PELA PARTICIPAÇÃO EM CONSÓRCIO PÚBLICO).</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>Sérgio Antônio Mota Furtado, Maria do Carmo Vieira da Silva Gomes</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/67/67_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA COM O NOME DE MAJOR JOÃO BAPTISTA COELHO.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>RATIFICA O CONVÊNIO CELEBRADO ENTRE A CODEMIG E O MUNICÍPIO DE RIO POMBA, APROVA NORMAS TÉCNICAS DE CONSTRUÇÃO DO DISTRITO INDUSTRIAL DE RIO POMBA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO DO ART. 1º DA LEI MUNICIPAL Nº 1.427/2013, REFERENTE REMUNERAÇÃO, CARGA HORÁRIA SEMANAL, QUANTIDADE E A FUNÇÃO PÚBLICA DO MÉDICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/111/111_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA INCISO NO CÓDIGO DE POSTURAS, LEI Nº 934/94, REFERENTE AO TRÂNSITO MUNICIPAL.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>CONCEDE ISENÇÃO DOS TRIBUTOS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DO MEIO AMBIENTE &amp;#8211; FMMA &amp;#8211; DE RIO POMBA/MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA NO BAIRRO DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/197/197_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O PROJETO ARTE, CULTURA E VIDA BATUQUE AFRO BRASILEIRO DE RIO POMBA/MG.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>CRIA A SECRETARIA MUNICIPAL DE MEIO AMBIENTE E DESENVOLVIMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/62/62_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ELIMINAÇÃO DE PASTAS DE COMPROVANTES DE DESPESAS ENVIADAS PELA PREFEITURA.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/71/71_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DA CÂMARA MUNICIPAL DE RIO POMBA PARA O EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/39/39_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCAÇÃO DO SECRETÁRIO MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/30/30_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE CALÇAMENTO DE RUA.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.541.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA SIMPLES PARA O PROJETO DE LEI Nº 1.538.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA SIMPLES PARA O PROJETO DE LEI Nº 1.539.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.542.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.543.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.544.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.545.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.547.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.546.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/72/72_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE CONSTRUÇÃO DE QUADRA POLIESPORTIVA.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/73/73_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE CONSTRUÇÃO DE POSTO DE SAÚDE.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/74/74_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE DESATERRO PRÓXIMO DA USINA DE RECICLAGEM.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.548.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.551.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/96/96_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE LICENCIAMENTO DE CONSTRUÇÃO.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.550.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA SIMPLES PARA O PROJETO DE LEI Nº 1.549.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE AQUISIÇÃO E INSTALAÇÃO DE SEMÁFOROS.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE CADASTRAMENTO PARA CONSTRUÇÃO DE MORADIAS RURAIS.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A OCUPAÇÃO DE CARGOS COMISSIONADOS.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE AQUISIÇÃO E ALIENAÇÃO DE TERRENOS NO DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/175/175_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE O INÍCIO DE OBRA PÚBLICA NA PRAÇA JK.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE OBRA PARTICULAR INICIADA NA AV. DR. JOSÉ NEVES.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/177/177_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.557.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.558.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCAÇÃO DO SECRETÁRIO MUNICIPAL DE AGRICULTURA.</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A AQUISIÇÃO DE IMÓVEL.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.559.</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 1.561.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -3501,68 +3501,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2013/281/indicacao_no36-2013_tulio_e_paulo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2013/201/indicacao_no86-2013_tulio_e_paulo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2013/281/indicacao_no36-2013_tulio_e_paulo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2013/201/indicacao_no86-2013_tulio_e_paulo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H320"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="195.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="184.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>