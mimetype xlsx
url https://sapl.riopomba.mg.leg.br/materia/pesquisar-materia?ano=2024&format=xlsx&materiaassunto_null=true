--- v0 (2025-12-21)
+++ v1 (2026-03-22)
@@ -54,1350 +54,1350 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Jorginho</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2745/indicacao_n596-2023_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2745/indicacao_n596-2023_jorge.pdf</t>
   </si>
   <si>
     <t>POÇO ARTESIANO NOS COELHOS</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>Cói do Táxi</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2743/indicacao_no597-2024_coi.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2743/indicacao_no597-2024_coi.pdf</t>
   </si>
   <si>
     <t>CANIL MUNICIPAL</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2744/indicacao_no598-2024_coi.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2744/indicacao_no598-2024_coi.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BUEIROS</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>Demétrius Tufi</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2741/indicacao_no599-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2741/indicacao_no599-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>CURRAL DE LEILÕES.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2742/indicacao_no600-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2742/indicacao_no600-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>LIMPEZA NO ENTORNO DA CIDADE.</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>Rafael Vilela Martins</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2746/indicacao_no601-2024_rafael.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2746/indicacao_no601-2024_rafael.pdf</t>
   </si>
   <si>
     <t>CAPINA E LIMPEZA NOS FUNDOS DA RUA DR. BRUNO JOSÉ GONÇALVES.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2753/indicacao_no602-2024_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2753/indicacao_no602-2024_jorge.pdf</t>
   </si>
   <si>
     <t>ESTRADA PRINCIPAL DO BOMJARDIM</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2754/indicacao_no603-2024_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2754/indicacao_no603-2024_jorge.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO EM ESTRADAS RURAIS.</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>Gladstone da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2751/indicacao_no604-2024_glads.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2751/indicacao_no604-2024_glads.pdf</t>
   </si>
   <si>
     <t>INSS - RIO POMBA</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2752/indicacao_no605-2024_glads.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2752/indicacao_no605-2024_glads.pdf</t>
   </si>
   <si>
     <t>INCENTIVO FINANCEIRO ADICIONAL AOS ACS E ACE.</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2758/indicacao_no606-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2758/indicacao_no606-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA RUA MINISTRO NELSON HUNGRIA</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2759/indicacao_no607-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2759/indicacao_no607-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA AV. DJANIRA LUCAS ESTEVES.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2760/indicacao_no608-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2760/indicacao_no608-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE BANHEIROS PARA DEVOTOS DA LOLA.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2766/indicacao_610.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2766/indicacao_610.pdf</t>
   </si>
   <si>
     <t>Providências na passarela da ponte sobre o rio São Manoel.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2767/indicacao_611.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2767/indicacao_611.pdf</t>
   </si>
   <si>
     <t>Iluminação pública na comunidade da Serrinha.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2768/indicacao_612.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2768/indicacao_612.pdf</t>
   </si>
   <si>
     <t>Instalação de quebra-molas.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2769/indicacao_613.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2769/indicacao_613.pdf</t>
   </si>
   <si>
     <t>Transporte de alunos.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2770/indicacao_614.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2770/indicacao_614.pdf</t>
   </si>
   <si>
     <t>Desobstrução de bueiro na Rua Cel. João Bento.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2771/indicacao_615.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2771/indicacao_615.pdf</t>
   </si>
   <si>
     <t>Troca de caixa d’água da comunidade rural da Serrinha.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2773/indicacao_no616-2024_coi.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2773/indicacao_no616-2024_coi.pdf</t>
   </si>
   <si>
     <t>PAGAMENTO RETROATIVO DA INSALUBRIDADE DOS MOTORISTAS DA SAÚDE.</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2774/indicacao_no617-2024_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2774/indicacao_no617-2024_jorge.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NA AVENIDA MANOEL FERNANDES.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2775/indicacao_no618-2024_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2775/indicacao_no618-2024_jorge.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NA COMUNIDADE DA SERRINHA.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2776/indicacao_no619-2024_coi.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2776/indicacao_no619-2024_coi.pdf</t>
   </si>
   <si>
     <t>USO NOTURNO NA QUADRA DO CRAS.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2777/indicacao_no620-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2777/indicacao_no620-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO E CAPINA DA PRACINHA LOCALIZADA NA VILA MILITAR (PRÓXIMO AO CAPS).</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2778/indicacao_no621-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2778/indicacao_no621-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>CAPINA NO ESPAÇO DE LEILÕES LOCALIZADO AO LADO DA QUADRA COBERTA DO PARQUE DE EXPOSIÇÃO.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2779/indicacao_no622-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2779/indicacao_no622-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE PLACAS FOTOVOLTAICAS NO PRÉDIO SEDE DA CÂMARA MUNICIPAL DE RIO POMBA.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2788/indicacao_n623-2024_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2788/indicacao_n623-2024_jorge.pdf</t>
   </si>
   <si>
     <t>PLANTIO DA CROTALÁRIA.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacao_no624-2024_coi.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacao_no624-2024_coi.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO CENTRO INTEGRADO DE EDUCAÇÃO E LAZER - CIEL</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>Paulo Henrique da Silva</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacao_no625-2024_paulo.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacao_no625-2024_paulo.pdf</t>
   </si>
   <si>
     <t>CONTENÇÃO ÀS MARGENS DA AV. DO CONTORNO</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacao_no626-2024_coi.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacao_no626-2024_coi.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE POSTE DE SUSTENTAÇÃO DE REDE.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_no627-2024_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_no627-2024_jorge.pdf</t>
   </si>
   <si>
     <t>REFORMA EM CALÇAMENTOS NAS ZONAS RURAIS</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2790/indicacao_no628-2024_glads.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2790/indicacao_no628-2024_glads.pdf</t>
   </si>
   <si>
     <t>PLACA DE IDENTIFICAÇÃO NO CAPS</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_no629-2024_glads.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_no629-2024_glads.pdf</t>
   </si>
   <si>
     <t>ÁREA DE EMBARQUE E DESEMBARQUE NO CAPS.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2791/indicacao_no630-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2791/indicacao_no630-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>PASSAGEM ELEVADA PARA PEDESTRES NO BAIRRO JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_no631-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_no631-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>REPAROS NA REDE DE CAPTAÇÃO DE ÁGUAS E TAMPAS DE BUEIRO.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_no632-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_no632-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>REPAROS NO MURO DAS CASAS POPULARES</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_no633-2024_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_no633-2024_jorge.pdf</t>
   </si>
   <si>
     <t>IMPLEMENTAR UNIDADE DE ATENDIMENTO INTEGRADO (UAI)</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_no634-2024_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_no634-2024_jorge.pdf</t>
   </si>
   <si>
     <t>MUTIRÃO DE SAÚDE NA ESPECIALIDADE DE ORTOPEDIA.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2806/indicacao_no635-2024_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2806/indicacao_no635-2024_jorge.pdf</t>
   </si>
   <si>
     <t>FESTA DO CURRAL BONITO.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_no637-2024_coi.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_no637-2024_coi.pdf</t>
   </si>
   <si>
     <t>AUMENTAR NÚMEROS DE VAGAS E VALORIZAÇÃO SALARIAL DOS PROFISSIONAIS DE APOIO ESCOLAR.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_no638-2024_coi.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_no638-2024_coi.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE QUEBRA-MOLAS</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_no639-2024_coi.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_no639-2024_coi.pdf</t>
   </si>
   <si>
     <t>ARÉA EXCLUSIVA PARA ACESSIBILIDADE</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_no640-2024_tufi.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_no640-2024_tufi.pdf</t>
   </si>
   <si>
     <t>DECLARAÇÃO DE PATRIMÔNIO IMATERIAL DO DOCE DE LEITE PASTOSO BOREAL.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2812/indicacao_no641-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2812/indicacao_no641-2024.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO EM MORRO ÍNGRIME NA ESTRADA VICINAL DO BOM JARDIM</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao_no642-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao_no642-2024.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E REPAROS NA COBERTURA DO PARQUINHO DE ESCOLA MUNICIPAL</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao_no643-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao_no643-2024.pdf</t>
   </si>
   <si>
     <t>ABASTECIMENTO DE ÁGUA NA COMUNIDADE DAMIÕES DE MONTE ALEGRE</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao_no644-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao_no644-2024.pdf</t>
   </si>
   <si>
     <t>REPARO DE REDE DE ESGOTO DANIFICADA NA ESTAÇÃO</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2826/indicacao_no645-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2826/indicacao_no645-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NA VILA EZEQUIEL.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2825/indicacao_no646-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2825/indicacao_no646-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS PISCINAS DO CIEL.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2824/indicacao_no647-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2824/indicacao_no647-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>REUTILIZAÇÃO OU PRESERVAÇÃO DE MATERIAL DE TELHADO.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2823/indicacao_no648-2024_coi.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2823/indicacao_no648-2024_coi.pdf</t>
   </si>
   <si>
     <t>TRANSPORTE DE ESTUDANTES PARA O ENEM.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2822/indicacao_no649-2024_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2822/indicacao_no649-2024_jorge.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO EM PASSAGEM DE ÁGUA NO BOMJARDIM.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Cói do Táxi, Demétrius Tufi, Frederico Senra Condé, Gladstone da Saúde, Ivan da Isabel, Jorginho, Maurílio Rodrigues dos Reis, Paulo Henrique da Silva, Rafael Vilela Martins</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2765/mocao_01_2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2765/mocao_01_2024.pdf</t>
   </si>
   <si>
     <t>Moção de apoio à proposta de emenda à Constituição do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Ivan da Isabel</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2861/mocao_n02-2024_ivan.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2861/mocao_n02-2024_ivan.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SOMA NUTRIÇÃO ANIMAL.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2862/mocao_n03-2024_ivan.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2862/mocao_n03-2024_ivan.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À AVELINO GREGÓRIO VIEIRA</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2863/mocao_n04-2024_ivan.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2863/mocao_n04-2024_ivan.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS GARIS.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2864/mocao_n05-2024_hedil.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2864/mocao_n05-2024_hedil.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A SILAS TEÓFILO BATISTA</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2865/mocao_n06-2024_hedil.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2865/mocao_n06-2024_hedil.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A ANDRÉA CAETANO DE OLIVEIRA</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2866/mocao_n07-2024_hedil.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2866/mocao_n07-2024_hedil.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A EMERSON RICARDO VAZ</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2867/mocao_n08-2024_glad.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2867/mocao_n08-2024_glad.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A EVERALDO BELLINI CAETANO</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2868/mocao_n09-2024_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2868/mocao_n09-2024_jorge.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A MÔNICA COSTA VAL DA SILVA PINTO BORGES</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2869/mocao_n10-2024_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2869/mocao_n10-2024_jorge.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A ELIANA HABER TOLEDO ALVES</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2870/mocao_n11-2024_jorge.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2870/mocao_n11-2024_jorge.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A IDERALDO LUÍS QUINTÃO TRINDADE</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2860/mocao_n12-2024_deme.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2860/mocao_n12-2024_deme.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A GILBERTO ARRIGHI GAUDERETO</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2859/mocao_n13-2024_deme.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2859/mocao_n13-2024_deme.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À DIRETORIA VOLUNTÁRIA DA APAE.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2858/mocao_no14-2024_deme.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2858/mocao_no14-2024_deme.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A TARCILIA APARECIDA DO CARMO BERNADINO</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2835/mocao_15_helio_correia.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2835/mocao_15_helio_correia.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos a Hélio Correia de Oliveira Júnior.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2782/denomina_rua_vereadora_maria_do_carmo.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2782/denomina_rua_vereadora_maria_do_carmo.pdf</t>
   </si>
   <si>
     <t>Denomina via com o nome de Maria do Carmo Vieira da Silva Gomes.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2780/semana_municipal_do_mountainboard.docx</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2780/semana_municipal_do_mountainboard.docx</t>
   </si>
   <si>
     <t>Institui  a   Semana   Municipal  do Mountainboard e dá outras providências.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2781/utilidade_publica_gaarp.docx</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2781/utilidade_publica_gaarp.docx</t>
   </si>
   <si>
     <t>Declara de utilidade pública o Grupo de Apoio dos Autistas de Rio Pomba – GAARP.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>REGINALDO FURTADO DE CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2797/texto_do_projeto_de_lei_ldo_para_2025.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2797/texto_do_projeto_de_lei_ldo_para_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração e a execução da Lei Orçamentária do exercício financeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2793/pl_2112_qr_code.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2793/pl_2112_qr_code.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de Código QR em todas as placas de obras públicas municipais para leitura e fiscalização eletrônica.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2794/pl_2113_bolsa_atleta.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2794/pl_2113_bolsa_atleta.pdf</t>
   </si>
   <si>
     <t>Institui o programa Bolsa Atleta no município de Rio Pomba e dá outras providências.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2795/pl_2115_subsidios_executivo.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2795/pl_2115_subsidios_executivo.pdf</t>
   </si>
   <si>
     <t>Estabelece o subsídio dos agentes políticos do Poder Executivo Municipal para o mandato de 2025 a 2028 e dá outras providências.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2802/pl_2116_guarda_corpo_em_pontes.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2802/pl_2116_guarda_corpo_em_pontes.pdf</t>
   </si>
   <si>
     <t>Estabelece a instalação de equipamento de proteção contínua (guarda-corpo) nas pontes, viadutos e passarelas.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2803/pl_2117_dia_da_cavalgada.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2803/pl_2117_dia_da_cavalgada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a celebração do Dia da Cavalgada no município de Rio Pomba.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2819/pl_2125_maria_cristina.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2819/pl_2125_maria_cristina.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA COM O NOME DE MARIA CRISTINA RIBEIRO BERNARDINO.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2830/pl_2126_altera_o_dia_dos_evangelicos.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2830/pl_2126_altera_o_dia_dos_evangelicos.pdf</t>
   </si>
   <si>
     <t>Insere parágrafo ao art. 1º da Lei nº 1.174/2003, que institui o dia municipal dos evangélicos.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2821/pl_2128.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2821/pl_2128.pdf</t>
   </si>
   <si>
     <t>Denomina o Museu Histórico de Rio Pomba com o nome de Sylvio Caiaffa Mendonça.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2820/pl_2129_clube_de_corrida.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2820/pl_2129_clube_de_corrida.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CLUBE DE CORRIDA RIO POMBA RUNNERS.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2827/pl_2136_liga_carnavalesca.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2827/pl_2136_liga_carnavalesca.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Liga Carnavalesca de Rio Pomba-LICARP.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2831/pl_2138_juventude_rural.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2831/pl_2138_juventude_rural.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Juventude Rural e a Semana Municipal da Juventude Rural.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2832/pl_2139_escolaridade_secretario_obras_assinado.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2832/pl_2139_escolaridade_secretario_obras_assinado.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo IV da Lei Municipal nº 1.468/2014, de 14 de março de 2014, que Dispõe sobre a Organização Geral da Administração da Prefeitura Municipal de Rio Pomba e dá outras providências.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2796/pr_375_subsidios_vereadores.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2796/pr_375_subsidios_vereadores.pdf</t>
   </si>
   <si>
     <t>Estabelece o subsídio dos Vereadores para a Legislatura de 2025 a 2028 e dá outras providências.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2747/requerimento_no01-2024_rafael.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2747/requerimento_no01-2024_rafael.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE DÍVIDA PREVIDENCIÁRIA MUNICIPAL.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2748/requerimento_n02-2024_rafael.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2748/requerimento_n02-2024_rafael.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A LEI ANDREZZA GIUSTI AMORA.</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2750/requerimento_no04-2024_rafael.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2750/requerimento_no04-2024_rafael.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE CHAMAMENTO PARA CONTRATO TEMPORÁRIO</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2749/requerimento_no05-2024_glads.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2749/requerimento_no05-2024_glads.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O PORTAL DA TRANSPARÊNCIA.</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>Demétrius Tufi, Frederico Senra Condé, Gladstone da Saúde, Ivan da Isabel, Rafael Vilela Martins</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2755/requerimento_no06-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2755/requerimento_no06-2024.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE HORAS EXTRAS DE SERVIDORES.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2756/requerimento_no07-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2756/requerimento_no07-2024.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA SECRETARIA DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2757/requerimento_no08-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2757/requerimento_no08-2024.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O CARNAVAL 2024.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2761/requerimento_n09-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2761/requerimento_n09-2024.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE PONTE RURAL.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2762/requerimento_no10-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2762/requerimento_no10-2024.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE UTILIZAÇÃO DE MASSA ASFÁLTICA.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2763/requerimento_no11-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2763/requerimento_no11-2024.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE AQUISIÇÃO DE LIVROS PEDAGÓGICOS.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>Gladstone da Saúde, Rafael Vilela Martins</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2764/requerimento_no12-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2764/requerimento_no12-2024.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A DESTINAÇÃO DE RECURSOS FEDERAIS.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>Demétrius Tufi, Frederico Senra Condé, Gladstone da Saúde, Rafael Vilela Martins</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2772/requerimento_13.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2772/requerimento_13.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE MANUTENÇÃO DE PONTES.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2786/requerimento_no14-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2786/requerimento_no14-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>REQUER A RELAÇÃO NOMINAL DOS OCUPANTES DE CARGOS COMISSIONADOS.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2792/requerimento_n15-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2792/requerimento_n15-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A REFORMA DO CORETO.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2798/requerimento_n16-2024_rafa-tuffic-ivan-fred-glad.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2798/requerimento_n16-2024_rafa-tuffic-ivan-fred-glad.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE GASTOS COM PUBLICIDADE E PROPAGANDA</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2799/requerimento_no17-2024_rafa-tuffic-ivan-fred-glad.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2799/requerimento_no17-2024_rafa-tuffic-ivan-fred-glad.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE PROGRAMAS SOCIAIS.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2807/requerimento_no18-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2807/requerimento_no18-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE REPASSE SANITÁRIO AO FUNDO MUNICIPAL DE SANEAMENTO.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2816/requerimento_no19-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2816/requerimento_no19-2024.pdf</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2817/requerimento_no20-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2817/requerimento_no20-2024.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE VEÍCULOS DA SAÚDE.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2818/requerimento_no21-2024.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2818/requerimento_no21-2024.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃOES SOBRE DATA DE LEILÃO PÚBLICO.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A PRESTAÇÃO DE SERVIÇOS DE ENTIDADE.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2828/requerimento_23.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2828/requerimento_23.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE APLICAÇÃO DE RECURSOS DA LEI ALDIR BLANC.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2833/requerimento_n24-2024_tuffic.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2833/requerimento_n24-2024_tuffic.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O FUNDO DA INFÂNCIA E ADOLESCÊNCIA.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2834/requerimento_n25-2024_coi.pdf</t>
+    <t>http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2834/requerimento_n25-2024_coi.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ENCERRAMENTO DO EXERCÍCIO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1704,67 +1704,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2745/indicacao_n596-2023_jorge.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2743/indicacao_no597-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2744/indicacao_no598-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2741/indicacao_no599-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2742/indicacao_no600-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2746/indicacao_no601-2024_rafael.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2753/indicacao_no602-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2754/indicacao_no603-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2751/indicacao_no604-2024_glads.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2752/indicacao_no605-2024_glads.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2758/indicacao_no606-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2759/indicacao_no607-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2760/indicacao_no608-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2766/indicacao_610.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2767/indicacao_611.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2768/indicacao_612.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2769/indicacao_613.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2770/indicacao_614.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2771/indicacao_615.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2773/indicacao_no616-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2774/indicacao_no617-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2775/indicacao_no618-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2776/indicacao_no619-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2777/indicacao_no620-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2778/indicacao_no621-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2779/indicacao_no622-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2788/indicacao_n623-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacao_no624-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacao_no625-2024_paulo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacao_no626-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_no627-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2790/indicacao_no628-2024_glads.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_no629-2024_glads.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2791/indicacao_no630-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_no631-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_no632-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_no633-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_no634-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2806/indicacao_no635-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_no637-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_no638-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_no639-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_no640-2024_tufi.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2812/indicacao_no641-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao_no642-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao_no643-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao_no644-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2826/indicacao_no645-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2825/indicacao_no646-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2824/indicacao_no647-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2823/indicacao_no648-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2822/indicacao_no649-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2765/mocao_01_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2861/mocao_n02-2024_ivan.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2862/mocao_n03-2024_ivan.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2863/mocao_n04-2024_ivan.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2864/mocao_n05-2024_hedil.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2865/mocao_n06-2024_hedil.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2866/mocao_n07-2024_hedil.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2867/mocao_n08-2024_glad.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2868/mocao_n09-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2869/mocao_n10-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2870/mocao_n11-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2860/mocao_n12-2024_deme.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2859/mocao_n13-2024_deme.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2858/mocao_no14-2024_deme.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2835/mocao_15_helio_correia.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2782/denomina_rua_vereadora_maria_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2780/semana_municipal_do_mountainboard.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2781/utilidade_publica_gaarp.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2797/texto_do_projeto_de_lei_ldo_para_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2793/pl_2112_qr_code.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2794/pl_2113_bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2795/pl_2115_subsidios_executivo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2802/pl_2116_guarda_corpo_em_pontes.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2803/pl_2117_dia_da_cavalgada.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2819/pl_2125_maria_cristina.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2830/pl_2126_altera_o_dia_dos_evangelicos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2821/pl_2128.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2820/pl_2129_clube_de_corrida.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2827/pl_2136_liga_carnavalesca.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2831/pl_2138_juventude_rural.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2832/pl_2139_escolaridade_secretario_obras_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2796/pr_375_subsidios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2747/requerimento_no01-2024_rafael.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2748/requerimento_n02-2024_rafael.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2750/requerimento_no04-2024_rafael.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2749/requerimento_no05-2024_glads.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2755/requerimento_no06-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2756/requerimento_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2757/requerimento_no08-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2761/requerimento_n09-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2762/requerimento_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2763/requerimento_no11-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2764/requerimento_no12-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2772/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2786/requerimento_no14-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2792/requerimento_n15-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2798/requerimento_n16-2024_rafa-tuffic-ivan-fred-glad.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2799/requerimento_no17-2024_rafa-tuffic-ivan-fred-glad.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2807/requerimento_no18-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2816/requerimento_no19-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2817/requerimento_no20-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2818/requerimento_no21-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2828/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2833/requerimento_n24-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2834/requerimento_n25-2024_coi.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2745/indicacao_n596-2023_jorge.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2743/indicacao_no597-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2744/indicacao_no598-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2741/indicacao_no599-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2742/indicacao_no600-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2746/indicacao_no601-2024_rafael.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2753/indicacao_no602-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2754/indicacao_no603-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2751/indicacao_no604-2024_glads.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2752/indicacao_no605-2024_glads.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2758/indicacao_no606-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2759/indicacao_no607-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2760/indicacao_no608-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2766/indicacao_610.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2767/indicacao_611.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2768/indicacao_612.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2769/indicacao_613.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2770/indicacao_614.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2771/indicacao_615.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2773/indicacao_no616-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2774/indicacao_no617-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2775/indicacao_no618-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2776/indicacao_no619-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2777/indicacao_no620-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2778/indicacao_no621-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2779/indicacao_no622-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2788/indicacao_n623-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacao_no624-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacao_no625-2024_paulo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacao_no626-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_no627-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2790/indicacao_no628-2024_glads.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_no629-2024_glads.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2791/indicacao_no630-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_no631-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_no632-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_no633-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_no634-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2806/indicacao_no635-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_no637-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_no638-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_no639-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_no640-2024_tufi.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2812/indicacao_no641-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao_no642-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao_no643-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao_no644-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2826/indicacao_no645-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2825/indicacao_no646-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2824/indicacao_no647-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2823/indicacao_no648-2024_coi.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2822/indicacao_no649-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2765/mocao_01_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2861/mocao_n02-2024_ivan.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2862/mocao_n03-2024_ivan.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2863/mocao_n04-2024_ivan.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2864/mocao_n05-2024_hedil.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2865/mocao_n06-2024_hedil.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2866/mocao_n07-2024_hedil.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2867/mocao_n08-2024_glad.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2868/mocao_n09-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2869/mocao_n10-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2870/mocao_n11-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2860/mocao_n12-2024_deme.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2859/mocao_n13-2024_deme.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2858/mocao_no14-2024_deme.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2835/mocao_15_helio_correia.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2782/denomina_rua_vereadora_maria_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2780/semana_municipal_do_mountainboard.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2781/utilidade_publica_gaarp.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2797/texto_do_projeto_de_lei_ldo_para_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2793/pl_2112_qr_code.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2794/pl_2113_bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2795/pl_2115_subsidios_executivo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2802/pl_2116_guarda_corpo_em_pontes.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2803/pl_2117_dia_da_cavalgada.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2819/pl_2125_maria_cristina.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2830/pl_2126_altera_o_dia_dos_evangelicos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2821/pl_2128.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2820/pl_2129_clube_de_corrida.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2827/pl_2136_liga_carnavalesca.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2831/pl_2138_juventude_rural.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2832/pl_2139_escolaridade_secretario_obras_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2796/pr_375_subsidios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2747/requerimento_no01-2024_rafael.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2748/requerimento_n02-2024_rafael.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2750/requerimento_no04-2024_rafael.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2749/requerimento_no05-2024_glads.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2755/requerimento_no06-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2756/requerimento_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2757/requerimento_no08-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2761/requerimento_n09-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2762/requerimento_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2763/requerimento_no11-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2764/requerimento_no12-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2772/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2786/requerimento_no14-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2792/requerimento_n15-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2798/requerimento_n16-2024_rafa-tuffic-ivan-fred-glad.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2799/requerimento_no17-2024_rafa-tuffic-ivan-fred-glad.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2807/requerimento_no18-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2816/requerimento_no19-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2817/requerimento_no20-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2818/requerimento_no21-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2828/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2833/requerimento_n24-2024_tuffic.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2024/2834/requerimento_n25-2024_coi.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="153" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="172.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>