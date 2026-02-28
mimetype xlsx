--- v0 (2025-12-25)
+++ v1 (2026-02-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3239" uniqueCount="1589">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3248" uniqueCount="1591">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -3310,50 +3310,56 @@
     <t>Outorga título de cidadão honorário e dá outras providências.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3200/pdl_233_joao_braga.pdf</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3201/pdl_234_ana_pimentel.pdf</t>
   </si>
   <si>
     <t>Outorga homenagem de cidadania benemérita e dá outras providências.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
     <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3202/pdl_235_maria_helena.pdf</t>
   </si>
   <si>
     <t>Outorga homenagem de cidadania honorária e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3256</t>
+  </si>
+  <si>
+    <t>MANTÉM VETO A EMENDAS NÃO IMPOSITIVAS AO PROJETO DE LEI Nº 2.217/2025.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Fernando Antônio Dutra Macedo</t>
   </si>
   <si>
     <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2874/plc_41_altera_regime_juridico.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 17/2015, que Dispõe sobre o Regime Jurídico dos Servidores Públicos do Município de Rio Pomba e dá outras providências.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
     <t>https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2875/plc_42_acs_e_ace.pdf</t>
   </si>
@@ -5127,56 +5133,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2882/indicacao_n01-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2849/indicacao_n02-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2844/indicacao_n03-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_n04-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_n05-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_n06-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_n07-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2837/indicacao_no08-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2838/indicacao_n09-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2847/indicacao_n10-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2848/indicacao_n11-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2839/indicacao_n12-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2852/indicacao_n13-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2853/indicacao_n14-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2854/indicacao_n15-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2855/indicacao_n16-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2856/indicacao_n17-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2857/indicacao_n18-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2843/indicacao_n19-2025_gladstone.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2840/indicacao_n20-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2841/indicacao_n21-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2842/indicacao_n22-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2883/indicacao_n23-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_n24-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_n25-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_n26-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_n27-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_n28-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2889/indicacao_n29-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2890/indicacao_n31-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_n32-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2892/indicacao_n33-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2893/indicacao_n34-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2894/indicacao_n35-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2895/indicacao_n36-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2896/indicacao_n37-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_n38-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2906/indicacao_n39-2025_tufic.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_n41-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_n42-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2907/indicacao_n43-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2908/indicacao_n44-2025_ivan_e_romeu.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2909/indicacao_n45-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2910/indicacao_n46-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2911/indicacao_n48-2025_tufic.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2912/indicacao_n49-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2913/indicacao_n50-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2914/indicacao_n51-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2915/indicacao_n52-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2929/indicacao_n53-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2916/indicacao_n54-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_n55-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2918/indicacao_n56-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2919/indicacao_n57-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2920/indicacao_n58-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2921/indicacao_n59-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2922/indicacao_n60-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2923/indicacao_n61-2025_tufic.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2924/indicacao_n62-2025_romeu.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2930/indicacao_n63-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_n64-2025__tufi.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2932/indicacao_n65-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2946/indicacao_n66-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_n67-2025_tuffi.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_n68-2025_tuffi.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2949/indicacao_n69-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2950/indicacao_n70-2025_romeu.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2951/indicacao_n71-2025_romeu.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2952/indicacao_n72-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2953/indicacao_n73-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2955/indicacao_n75-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_n77-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2957/indicacao_n78-2025_tuffi.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao_n79-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2959/indicacao_n80-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2960/indicacao_n82-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_n83-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_n84-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2981/indicacao_n85-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2975/indicacao_n86-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2962/indicacao_n87-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2963/indicacao_n88-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2964/indicacao_n89-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2965/indicacao_n90-2025_romeu_e_outros.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2976/indicacao_n91-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2980/indicacao_n92-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2982/indicacao_n93-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2977/indicacao_n94-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2978/indicacao_n95-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2979/indicacao_n96-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2972/indicacao_n97-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2973/indicacao_n98-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2974/indicacao_n99-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_n100-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2994/indicacao_n101-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2995/indicacao_n102-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_n103-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_n104-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao_n105-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao_n106-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2999/indicacao_n107-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3000/indicacao_n108-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3001/indicacao_n109-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao_n110-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3011/indicacao_n111-2025_juscelio_e_ivan.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3029/indicacao_n112-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3012/indicacao_n113-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3013/indicacao_n114-2025_imaculada_jorge_e_celso.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3014/indicacao_n115-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3015/indicacao_n116-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3016/indicacao_n117-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_n118-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3018/indicacao_n119-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3019/indicacao_n120-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3020/indicacao_n121-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3021/indicacao_n122-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3022/indicacao_n123-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3023/indicacao_n124-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3085/indicacao_n125-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3086/indicacao_n126-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3087/indicacao_n127-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3030/indicacao_n128-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3031/indicacao_n129-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3032/indicacao_n130-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3033/indicacao_n131-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3034/indicacao_n132-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3088/indicacao_n134-2025_demetrius.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3089/indicacao_n135-2025_demetrius.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3090/indicacao_n136-2025_gladstone.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3091/indicacao_n137-2025_gladstone.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3092/indicacao_n138-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3112/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3093/indicacao_n140-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3094/indicacao_n141-2025_demetrius.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3095/indicacao_n142-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3096/indicacao_n143-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3097/indicacao_n144-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3098/indicacao_n145-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3099/indicacao_n146-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3082/ind_148.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3113/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3076/ind_150.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3109/indicacao_151.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3146/indicacao_n152-25_juscelio.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3071/ind_153.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3072/ind_154.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3073/ind_155.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3079/ind_156.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3083/ind_157.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3084/ind_158.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3074/ind_159.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3077/ind_160.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3080/ind_161.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3081/ind_162.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3075/ind_163.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3114/indicacao_164.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3068/ind_165.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3078/ind_166.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3069/ind_167.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3104/indicacao_168.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3178/ind_169.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3070/ind_170.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3115/indicacao_171.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3107/indicacao_172.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3105/indicacao_173.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3108/indicacao_174.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3179/ind_176.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3103/indicacao_177.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3147/indicacao_n178-25_juscelio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3110/indicacao_179.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3111/indicacao_180.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3126/ind_181.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3106/indicacao_182.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3128/ind_183.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3149/indicacao_n184-25_imaculada.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3129/ind_185.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3180/ind_186.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3148/prop_187-25_juscelio.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3127/ind_189.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3150/indicacao_190-25_imaculada.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3125/ind_193.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3123/ind_194.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3124/ind_195.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3130/ind_196.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3140/indicacao_n197-25_coi.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3141/indicacao_n199-25_coi.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3142/indicacao_n200-25_coi.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3137/indicacao_n201-25_demetrius.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3138/indicacao_n202-25_demetrius.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3139/indicacao_n203-25_demetrius.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3143/indicacao_n204-25_jorge.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3144/indicacao_n205-25_jorge.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3145/indicacao_n206-25_jorge.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3181/ind_207.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3182/ind_208.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3183/ind_209.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3185/ind_211.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3186/ind_212.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3187/ind_213.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3188/ind_214.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3189/ind_215.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3190/ind_216.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3191/ind_217.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3192/ind_218.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3193/ind_221.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3194/ind_222.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3216/indicacao_n225-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3217/indicacao_n226-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3218/indicacao_n227-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3219/indicacao_n228-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3213/indicacao_n229-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3214/indicacao_n230-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3215/indicacao_n231-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3230/indicacao_n232-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3231/indicacao_n233-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3232/indicacao_n234-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3235/indicacao_n235-2025_romeu.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3236/indicacao_n236-2025_romeu.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3233/indicacao_n237-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3234/indicacao_n238-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3227/indicacao_n239-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3228/indicacao_n240-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3225/indicacao_n241-2025_tufic.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3226/indicacao_n242-2025_tufic.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3229/indicacao_n243-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3237/indicacao_n244-2025_tufi_e_glads.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3246/indicacao_no245-25_jorge.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3249/indicacao_n246-25_imaculada.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3243/indicacao_n247-25_tuffi.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3244/indicacao_n248-25_tuffi.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3245/indicacao_n249-25_tuffic.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3247/indicacao_n250-25_jorge.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3248/indicacao_n251-25_jorge.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3250/indicacao_252.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3251/indicacao_253.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3252/indicacao_254.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3253/indicacao_255.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3254/indicacao_256.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3255/indicacao_257.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3027/mocao_n01-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3067/mocao_no_02_neiva_kirry_leal.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3117/mocao_03_paulinho_da_racao.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3118/mocao_04_reynaldo_marques.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3162/mocao_5.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3163/mocao_6.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3164/mocao_7.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3165/mocao_8.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3166/mocao_9.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3167/mocao_10.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3168/mocao_11.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3169/mocao_12.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3170/mocao_13.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3171/mocao_14.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3172/mocao_15.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3173/mocao_16.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3174/mocao_17.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3175/mocao_18.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3176/mocao_19.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3177/mocao_20.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3203/mocao_21_maria_imaculada_nunes.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3204/mocao_22_felipe_almeida_de_mello.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3205/mocao_23_maria_vitoria_ferreira_mendes.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3206/mocao_24_maria_marta_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3211/mocao_de_repudio_n25-2025_todos_copasa.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3212/mocao_de_repudio_n26-2025_decreto_fed.12.686_apaes_8_assinaram.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2988/parecer_contas_2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3004/pdl_228_homenagem.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3062/pdl_229_veto.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3131/pdl_230_homenagem_wagner.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3135/pdl_231_homenagem_magno.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3199/pdl_232_dr._wendel.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3200/pdl_233_joao_braga.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3201/pdl_234_ana_pimentel.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3202/pdl_235_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2874/plc_41_altera_regime_juridico.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2875/plc_42_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3006/plc_43_mato_terrenos.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3061/plc_44_descontos_no_iptu.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3059/plc_45_iptu_verde.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3060/plc_46_lixeiras_em_predios.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3223/plc_47_novo_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2871/pl_2145_reajuste_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2872/pl_2146_transporte_estudantes_amplia_distancia.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2873/pl_2147_horario_especial_servidores.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2876/pl_2148_revisao_salarial.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2877/pl_2149_carnaval.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2878/pl_2150_estagiario_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2879/pl_2151_reestruturacao_da_administracao.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2880/pl_2152_regula_entrega_delivery.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2881/pl_2153_vacina_domiciliar_autistas.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2904/pl_2154_rua_nilza_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2905/pl_2155_assessor_em_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2934/pl_2156_credito_apolegis.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2935/pl_2157_credito_funasa.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2936/pl_2158_credito_onibus.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2937/pl_2159_judicial.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2938/pl_2160_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2939/pl_2161_vicosa.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2940/pl_2162_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2941/pl_2163_revisao_secretarios.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2942/pl_2164_auxilio_alimentacao_motoristas.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2943/pl_2165_proibe_musicas.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2944/pl_2166_auxilio_alimentacao_camara.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2966/pl_2167_sebrae.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2967/pl_2168_circos.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2968/pl_2169_pista_de_wheeling.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2969/pl_2170_fiacao_aerea.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2970/pl_2171_carteirinha_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2971/pl_2172_cessao_de_imovel_para_if.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2990/pl_2173_medidor_de_glicose.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2991/pl_2174_aparelho_de_anestesia.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3002/pl_2175_empresa_amiga_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3003/pl_2176_altera_o_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3008/pl_2177_processo_eletronico.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3007/ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3028/pl_2179_combate_pedofilia.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3037/pl_2180_maquinarios.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3038/pl_2181_clinicas_dependentes.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3039/pl_2182_centro_de_vivencia_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3041/pl_2184_placas_abuso_infantil.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3042/pl_2185_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3043/pl_2186_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3044/pl_2187_amplia_cargos.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3045/pl_2188_distrito_industrial_ii.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3046/pl_2189_sindicato_rural.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3047/pl_2190_cria_e_amplia_cargos.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3048/pl_2191_monitor_de_glicose.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3049/pl_2192_veiculo_coletor_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3050/pl_2193_veiculo_para_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3051/pl_2194_veiculo_para_bolsa_familia.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3052/pl_2195_prata_da_casa.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3053/pl_2196_farmacia_solidaria.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3054/pl_2197_inovacao_tecnologica.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3055/pl_2198_politica_de_cuidados.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3056/pl_2199_praca_toninho_dias.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3057/pl_2200_rua_vantuil.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3058/pl_2201_drones_nas_maquinas_solidarias.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3063/pl_2202_utilizacao_de_drones.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3064/pl_2203_subvencao_aaparp.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3100/pl_2204_proagro_rio_pomba.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3101/pl_2205_festa_do_cavalo.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3102/pl_2206_abrigo_institucional.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3132/pl_2207_carro_apae.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3133/pl_2208_sede_obras.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3134/pl_2209_bonus_educacao.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3136/pl_2210_denomina_o_centro_cultural.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3151/pl_2211_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3152/pl_2212_pagamento_beneficio.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3153/pl_2213_exames_para_motoristas.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3154/pl_2214_centro_de_convivencia.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3157/pl_2215_ldo_anexos.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3158/pl_2216_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3159/pl_2217_loa_2016_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3195/pl_2218_veiculos_para_saude.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3197/pl_2219_fumdec.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3198/pl_2220_subvencoes_2026.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3196/pl_2221_antonio_leite.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3209/pl_2222_cargos.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3220/pl_2223_renal_cronico.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3221/pl_2224_onibus.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3224/pl_2225_limite_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3239/pl_2226_recuperacao_fiscal_-_refis.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3240/pl_2227_concessao_terreno_distrito.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3241/pl_2228_altera_ldo.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3242/pl_2229_sistema_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2945/pr_378_subsidios.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2987/pr_379_uso_do_carro.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3005/pr_380_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3116/pr_381_orcamento_2026.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2900/requerimento_n01-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2901/requerimento_n02-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2902/requerimento_n03-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2903/requerimento_n04-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2925/requerimento_n05-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2926/requerimento_n06-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2933/requerimento_n07-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2927/requerimento_n08-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2928/requerimento__n10-2025_8_vereadores.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2983/requerimento_n11-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2984/requerimento_n12-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2985/requerimento_n13-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2986/requerimento_n14-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3024/requerimento_n15-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3025/requerimento_n16-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3026/requerimento_n17-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3035/requerimento_n18-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3036/requerimento_n19-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3066/requerimento_20_qr_code.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3065/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3155/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3119/req_23.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3120/req_24.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3121/req_25.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3122/req_26.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3156/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3160/req_28.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3161/req_29.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3207/req_30.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3210/requerimento_n31_-_2025_coi.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3238/req_32.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3208/req_29.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2882/indicacao_n01-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2849/indicacao_n02-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2844/indicacao_n03-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_n04-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_n05-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_n06-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_n07-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2837/indicacao_no08-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2838/indicacao_n09-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2847/indicacao_n10-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2848/indicacao_n11-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2839/indicacao_n12-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2852/indicacao_n13-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2853/indicacao_n14-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2854/indicacao_n15-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2855/indicacao_n16-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2856/indicacao_n17-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2857/indicacao_n18-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2843/indicacao_n19-2025_gladstone.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2840/indicacao_n20-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2841/indicacao_n21-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2842/indicacao_n22-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2883/indicacao_n23-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_n24-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_n25-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_n26-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_n27-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_n28-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2889/indicacao_n29-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2890/indicacao_n31-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_n32-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2892/indicacao_n33-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2893/indicacao_n34-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2894/indicacao_n35-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2895/indicacao_n36-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2896/indicacao_n37-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_n38-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2906/indicacao_n39-2025_tufic.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_n41-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_n42-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2907/indicacao_n43-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2908/indicacao_n44-2025_ivan_e_romeu.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2909/indicacao_n45-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2910/indicacao_n46-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2911/indicacao_n48-2025_tufic.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2912/indicacao_n49-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2913/indicacao_n50-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2914/indicacao_n51-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2915/indicacao_n52-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2929/indicacao_n53-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2916/indicacao_n54-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_n55-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2918/indicacao_n56-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2919/indicacao_n57-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2920/indicacao_n58-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2921/indicacao_n59-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2922/indicacao_n60-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2923/indicacao_n61-2025_tufic.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2924/indicacao_n62-2025_romeu.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2930/indicacao_n63-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_n64-2025__tufi.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2932/indicacao_n65-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2946/indicacao_n66-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_n67-2025_tuffi.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_n68-2025_tuffi.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2949/indicacao_n69-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2950/indicacao_n70-2025_romeu.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2951/indicacao_n71-2025_romeu.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2952/indicacao_n72-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2953/indicacao_n73-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2955/indicacao_n75-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_n77-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2957/indicacao_n78-2025_tuffi.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao_n79-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2959/indicacao_n80-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2960/indicacao_n82-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_n83-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_n84-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2981/indicacao_n85-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2975/indicacao_n86-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2962/indicacao_n87-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2963/indicacao_n88-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2964/indicacao_n89-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2965/indicacao_n90-2025_romeu_e_outros.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2976/indicacao_n91-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2980/indicacao_n92-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2982/indicacao_n93-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2977/indicacao_n94-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2978/indicacao_n95-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2979/indicacao_n96-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2972/indicacao_n97-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2973/indicacao_n98-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2974/indicacao_n99-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_n100-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2994/indicacao_n101-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2995/indicacao_n102-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_n103-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_n104-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao_n105-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao_n106-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2999/indicacao_n107-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3000/indicacao_n108-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3001/indicacao_n109-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao_n110-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3011/indicacao_n111-2025_juscelio_e_ivan.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3029/indicacao_n112-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3012/indicacao_n113-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3013/indicacao_n114-2025_imaculada_jorge_e_celso.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3014/indicacao_n115-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3015/indicacao_n116-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3016/indicacao_n117-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_n118-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3018/indicacao_n119-2025_celso.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3019/indicacao_n120-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3020/indicacao_n121-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3021/indicacao_n122-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3022/indicacao_n123-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3023/indicacao_n124-2025_ivan.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3085/indicacao_n125-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3086/indicacao_n126-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3087/indicacao_n127-2025_juscelio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3030/indicacao_n128-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3031/indicacao_n129-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3032/indicacao_n130-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3033/indicacao_n131-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3034/indicacao_n132-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3088/indicacao_n134-2025_demetrius.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3089/indicacao_n135-2025_demetrius.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3090/indicacao_n136-2025_gladstone.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3091/indicacao_n137-2025_gladstone.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3092/indicacao_n138-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3112/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3093/indicacao_n140-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3094/indicacao_n141-2025_demetrius.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3095/indicacao_n142-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3096/indicacao_n143-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3097/indicacao_n144-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3098/indicacao_n145-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3099/indicacao_n146-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3082/ind_148.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3113/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3076/ind_150.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3109/indicacao_151.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3146/indicacao_n152-25_juscelio.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3071/ind_153.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3072/ind_154.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3073/ind_155.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3079/ind_156.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3083/ind_157.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3084/ind_158.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3074/ind_159.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3077/ind_160.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3080/ind_161.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3081/ind_162.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3075/ind_163.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3114/indicacao_164.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3068/ind_165.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3078/ind_166.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3069/ind_167.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3104/indicacao_168.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3178/ind_169.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3070/ind_170.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3115/indicacao_171.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3107/indicacao_172.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3105/indicacao_173.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3108/indicacao_174.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3179/ind_176.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3103/indicacao_177.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3147/indicacao_n178-25_juscelio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3110/indicacao_179.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3111/indicacao_180.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3126/ind_181.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3106/indicacao_182.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3128/ind_183.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3149/indicacao_n184-25_imaculada.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3129/ind_185.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3180/ind_186.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3148/prop_187-25_juscelio.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3127/ind_189.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3150/indicacao_190-25_imaculada.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3125/ind_193.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3123/ind_194.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3124/ind_195.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3130/ind_196.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3140/indicacao_n197-25_coi.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3141/indicacao_n199-25_coi.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3142/indicacao_n200-25_coi.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3137/indicacao_n201-25_demetrius.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3138/indicacao_n202-25_demetrius.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3139/indicacao_n203-25_demetrius.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3143/indicacao_n204-25_jorge.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3144/indicacao_n205-25_jorge.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3145/indicacao_n206-25_jorge.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3181/ind_207.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3182/ind_208.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3183/ind_209.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3185/ind_211.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3186/ind_212.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3187/ind_213.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3188/ind_214.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3189/ind_215.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3190/ind_216.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3191/ind_217.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3192/ind_218.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3193/ind_221.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3194/ind_222.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3216/indicacao_n225-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3217/indicacao_n226-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3218/indicacao_n227-2025_glads.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3219/indicacao_n228-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3213/indicacao_n229-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3214/indicacao_n230-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3215/indicacao_n231-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3230/indicacao_n232-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3231/indicacao_n233-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3232/indicacao_n234-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3235/indicacao_n235-2025_romeu.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3236/indicacao_n236-2025_romeu.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3233/indicacao_n237-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3234/indicacao_n238-2025_imaculada.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3227/indicacao_n239-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3228/indicacao_n240-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3225/indicacao_n241-2025_tufic.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3226/indicacao_n242-2025_tufic.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3229/indicacao_n243-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3237/indicacao_n244-2025_tufi_e_glads.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3246/indicacao_no245-25_jorge.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3249/indicacao_n246-25_imaculada.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3243/indicacao_n247-25_tuffi.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3244/indicacao_n248-25_tuffi.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3245/indicacao_n249-25_tuffic.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3247/indicacao_n250-25_jorge.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3248/indicacao_n251-25_jorge.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3250/indicacao_252.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3251/indicacao_253.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3252/indicacao_254.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3253/indicacao_255.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3254/indicacao_256.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3255/indicacao_257.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3027/mocao_n01-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3067/mocao_no_02_neiva_kirry_leal.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3117/mocao_03_paulinho_da_racao.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3118/mocao_04_reynaldo_marques.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3162/mocao_5.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3163/mocao_6.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3164/mocao_7.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3165/mocao_8.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3166/mocao_9.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3167/mocao_10.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3168/mocao_11.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3169/mocao_12.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3170/mocao_13.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3171/mocao_14.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3172/mocao_15.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3173/mocao_16.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3174/mocao_17.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3175/mocao_18.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3176/mocao_19.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3177/mocao_20.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3203/mocao_21_maria_imaculada_nunes.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3204/mocao_22_felipe_almeida_de_mello.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3205/mocao_23_maria_vitoria_ferreira_mendes.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3206/mocao_24_maria_marta_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3211/mocao_de_repudio_n25-2025_todos_copasa.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3212/mocao_de_repudio_n26-2025_decreto_fed.12.686_apaes_8_assinaram.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2988/parecer_contas_2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3004/pdl_228_homenagem.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3062/pdl_229_veto.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3131/pdl_230_homenagem_wagner.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3135/pdl_231_homenagem_magno.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3199/pdl_232_dr._wendel.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3200/pdl_233_joao_braga.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3201/pdl_234_ana_pimentel.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3202/pdl_235_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2874/plc_41_altera_regime_juridico.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2875/plc_42_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3006/plc_43_mato_terrenos.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3061/plc_44_descontos_no_iptu.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3059/plc_45_iptu_verde.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3060/plc_46_lixeiras_em_predios.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3223/plc_47_novo_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2871/pl_2145_reajuste_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2872/pl_2146_transporte_estudantes_amplia_distancia.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2873/pl_2147_horario_especial_servidores.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2876/pl_2148_revisao_salarial.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2877/pl_2149_carnaval.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2878/pl_2150_estagiario_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2879/pl_2151_reestruturacao_da_administracao.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2880/pl_2152_regula_entrega_delivery.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2881/pl_2153_vacina_domiciliar_autistas.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2904/pl_2154_rua_nilza_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2905/pl_2155_assessor_em_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2934/pl_2156_credito_apolegis.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2935/pl_2157_credito_funasa.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2936/pl_2158_credito_onibus.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2937/pl_2159_judicial.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2938/pl_2160_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2939/pl_2161_vicosa.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2940/pl_2162_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2941/pl_2163_revisao_secretarios.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2942/pl_2164_auxilio_alimentacao_motoristas.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2943/pl_2165_proibe_musicas.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2944/pl_2166_auxilio_alimentacao_camara.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2966/pl_2167_sebrae.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2967/pl_2168_circos.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2968/pl_2169_pista_de_wheeling.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2969/pl_2170_fiacao_aerea.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2970/pl_2171_carteirinha_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2971/pl_2172_cessao_de_imovel_para_if.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2990/pl_2173_medidor_de_glicose.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2991/pl_2174_aparelho_de_anestesia.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3002/pl_2175_empresa_amiga_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3003/pl_2176_altera_o_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3008/pl_2177_processo_eletronico.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3007/ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3028/pl_2179_combate_pedofilia.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3037/pl_2180_maquinarios.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3038/pl_2181_clinicas_dependentes.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3039/pl_2182_centro_de_vivencia_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3041/pl_2184_placas_abuso_infantil.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3042/pl_2185_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3043/pl_2186_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3044/pl_2187_amplia_cargos.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3045/pl_2188_distrito_industrial_ii.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3046/pl_2189_sindicato_rural.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3047/pl_2190_cria_e_amplia_cargos.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3048/pl_2191_monitor_de_glicose.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3049/pl_2192_veiculo_coletor_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3050/pl_2193_veiculo_para_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3051/pl_2194_veiculo_para_bolsa_familia.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3052/pl_2195_prata_da_casa.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3053/pl_2196_farmacia_solidaria.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3054/pl_2197_inovacao_tecnologica.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3055/pl_2198_politica_de_cuidados.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3056/pl_2199_praca_toninho_dias.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3057/pl_2200_rua_vantuil.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3058/pl_2201_drones_nas_maquinas_solidarias.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3063/pl_2202_utilizacao_de_drones.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3064/pl_2203_subvencao_aaparp.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3100/pl_2204_proagro_rio_pomba.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3101/pl_2205_festa_do_cavalo.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3102/pl_2206_abrigo_institucional.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3132/pl_2207_carro_apae.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3133/pl_2208_sede_obras.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3134/pl_2209_bonus_educacao.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3136/pl_2210_denomina_o_centro_cultural.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3151/pl_2211_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3152/pl_2212_pagamento_beneficio.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3153/pl_2213_exames_para_motoristas.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3154/pl_2214_centro_de_convivencia.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3157/pl_2215_ldo_anexos.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3158/pl_2216_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3159/pl_2217_loa_2016_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3195/pl_2218_veiculos_para_saude.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3197/pl_2219_fumdec.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3198/pl_2220_subvencoes_2026.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3196/pl_2221_antonio_leite.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3209/pl_2222_cargos.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3220/pl_2223_renal_cronico.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3221/pl_2224_onibus.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3224/pl_2225_limite_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3239/pl_2226_recuperacao_fiscal_-_refis.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3240/pl_2227_concessao_terreno_distrito.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3241/pl_2228_altera_ldo.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3242/pl_2229_sistema_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2945/pr_378_subsidios.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2987/pr_379_uso_do_carro.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3005/pr_380_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3116/pr_381_orcamento_2026.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2900/requerimento_n01-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2901/requerimento_n02-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2902/requerimento_n03-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2903/requerimento_n04-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2925/requerimento_n05-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2926/requerimento_n06-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2933/requerimento_n07-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2927/requerimento_n08-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2928/requerimento__n10-2025_8_vereadores.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2983/requerimento_n11-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2984/requerimento_n12-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2985/requerimento_n13-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/2986/requerimento_n14-2025_tufi.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3024/requerimento_n15-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3025/requerimento_n16-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3026/requerimento_n17-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3035/requerimento_n18-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3036/requerimento_n19-2025_coi.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3066/requerimento_20_qr_code.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3065/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3155/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3119/req_23.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3120/req_24.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3121/req_25.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3122/req_26.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3156/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3160/req_28.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3161/req_29.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3207/req_30.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3210/requerimento_n31_-_2025_coi.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3238/req_32.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopomba.mg.leg.br/media/sapl/public/materialegislativa/2025/3208/req_29.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H405"/>
+  <dimension ref="A1:H406"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="134.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="139.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -7503,50 +7509,53 @@
         <v>96</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>377</v>
       </c>
       <c r="H90" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>379</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>380</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
+      <c r="F91" t="s">
+        <v>96</v>
+      </c>
       <c r="G91" s="1" t="s">
         <v>381</v>
       </c>
       <c r="H91" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>383</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>384</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
         <v>96</v>
@@ -12354,3368 +12363,3394 @@
       </c>
       <c r="D277" t="s">
         <v>1071</v>
       </c>
       <c r="E277" t="s">
         <v>1072</v>
       </c>
       <c r="F277" t="s">
         <v>91</v>
       </c>
       <c r="G277" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="H277" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>1100</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>173</v>
+        <v>902</v>
       </c>
       <c r="D278" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E278" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F278" t="s">
+        <v>1073</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="H278" t="s">
         <v>1101</v>
-      </c>
-[...10 lines deleted...]
-        <v>1105</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>173</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E279" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F279" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G279" s="1" t="s">
         <v>1106</v>
       </c>
-      <c r="B279" t="s">
-[...14 lines deleted...]
-      <c r="G279" s="1" t="s">
+      <c r="H279" t="s">
         <v>1107</v>
-      </c>
-[...1 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>177</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F280" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G280" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="B280" t="s">
-[...14 lines deleted...]
-      <c r="G280" s="1" t="s">
+      <c r="H280" t="s">
         <v>1110</v>
-      </c>
-[...1 lines deleted...]
-        <v>1111</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D281" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="E281" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="F281" t="s">
         <v>65</v>
       </c>
       <c r="G281" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H281" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1115</v>
+        <v>1114</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="D282" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="E282" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="F282" t="s">
         <v>65</v>
       </c>
       <c r="G282" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H282" t="s">
         <v>1116</v>
-      </c>
-[...1 lines deleted...]
-        <v>1117</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>190</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F283" t="s">
+        <v>65</v>
+      </c>
+      <c r="G283" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="B283" t="s">
-[...14 lines deleted...]
-      <c r="G283" s="1" t="s">
+      <c r="H283" t="s">
         <v>1119</v>
-      </c>
-[...1 lines deleted...]
-        <v>1120</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>194</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F284" t="s">
+        <v>78</v>
+      </c>
+      <c r="G284" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="B284" t="s">
-[...2 lines deleted...]
-      <c r="C284" t="s">
+      <c r="H284" t="s">
         <v>1122</v>
-      </c>
-[...13 lines deleted...]
-        <v>1124</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F285" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G285" s="1" t="s">
         <v>1125</v>
       </c>
-      <c r="B285" t="s">
-[...2 lines deleted...]
-      <c r="C285" t="s">
+      <c r="H285" t="s">
         <v>1126</v>
-      </c>
-[...13 lines deleted...]
-        <v>1131</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F286" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G286" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="B286" t="s">
-[...2 lines deleted...]
-      <c r="C286" t="s">
+      <c r="H286" t="s">
         <v>1133</v>
-      </c>
-[...13 lines deleted...]
-        <v>1135</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="D287" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="E287" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="F287" t="s">
         <v>13</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="H287" t="s">
-        <v>1139</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F288" t="s">
+        <v>13</v>
+      </c>
+      <c r="G288" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="B288" t="s">
-[...2 lines deleted...]
-      <c r="C288" t="s">
+      <c r="H288" t="s">
         <v>1141</v>
-      </c>
-[...13 lines deleted...]
-        <v>1143</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F289" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G289" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="B289" t="s">
-[...2 lines deleted...]
-      <c r="C289" t="s">
+      <c r="H289" t="s">
         <v>1145</v>
-      </c>
-[...13 lines deleted...]
-        <v>1147</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F290" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G290" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="B290" t="s">
-[...2 lines deleted...]
-      <c r="C290" t="s">
+      <c r="H290" t="s">
         <v>1149</v>
-      </c>
-[...13 lines deleted...]
-        <v>1151</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F291" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G291" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="B291" t="s">
-[...2 lines deleted...]
-      <c r="C291" t="s">
+      <c r="H291" t="s">
         <v>1153</v>
-      </c>
-[...13 lines deleted...]
-        <v>1155</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F292" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G292" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="B292" t="s">
-[...2 lines deleted...]
-      <c r="C292" t="s">
+      <c r="H292" t="s">
         <v>1157</v>
-      </c>
-[...13 lines deleted...]
-        <v>1160</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F293" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G293" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="B293" t="s">
-[...2 lines deleted...]
-      <c r="C293" t="s">
+      <c r="H293" t="s">
         <v>1162</v>
-      </c>
-[...13 lines deleted...]
-        <v>1164</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F294" t="s">
+        <v>22</v>
+      </c>
+      <c r="G294" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="B294" t="s">
-[...2 lines deleted...]
-      <c r="C294" t="s">
+      <c r="H294" t="s">
         <v>1166</v>
-      </c>
-[...13 lines deleted...]
-        <v>1168</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F295" t="s">
+        <v>13</v>
+      </c>
+      <c r="G295" s="1" t="s">
         <v>1169</v>
       </c>
-      <c r="B295" t="s">
-[...2 lines deleted...]
-      <c r="C295" t="s">
+      <c r="H295" t="s">
         <v>1170</v>
-      </c>
-[...13 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F296" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G296" s="1" t="s">
         <v>1173</v>
       </c>
-      <c r="B296" t="s">
-[...2 lines deleted...]
-      <c r="C296" t="s">
+      <c r="H296" t="s">
         <v>1174</v>
-      </c>
-[...13 lines deleted...]
-        <v>1176</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F297" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G297" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="B297" t="s">
-[...2 lines deleted...]
-      <c r="C297" t="s">
+      <c r="H297" t="s">
         <v>1178</v>
-      </c>
-[...13 lines deleted...]
-        <v>1180</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F298" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G298" s="1" t="s">
         <v>1181</v>
       </c>
-      <c r="B298" t="s">
-[...2 lines deleted...]
-      <c r="C298" t="s">
+      <c r="H298" t="s">
         <v>1182</v>
-      </c>
-[...13 lines deleted...]
-        <v>1184</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E299" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F299" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G299" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="B299" t="s">
-[...2 lines deleted...]
-      <c r="C299" t="s">
+      <c r="H299" t="s">
         <v>1186</v>
-      </c>
-[...13 lines deleted...]
-        <v>1188</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F300" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G300" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="B300" t="s">
-[...2 lines deleted...]
-      <c r="C300" t="s">
+      <c r="H300" t="s">
         <v>1190</v>
-      </c>
-[...13 lines deleted...]
-        <v>1192</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E301" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F301" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G301" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="B301" t="s">
-[...2 lines deleted...]
-      <c r="C301" t="s">
+      <c r="H301" t="s">
         <v>1194</v>
-      </c>
-[...13 lines deleted...]
-        <v>1196</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D302" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F302" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G302" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="B302" t="s">
-[...2 lines deleted...]
-      <c r="C302" t="s">
+      <c r="H302" t="s">
         <v>1198</v>
-      </c>
-[...13 lines deleted...]
-        <v>1200</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D303" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F303" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G303" s="1" t="s">
         <v>1201</v>
       </c>
-      <c r="B303" t="s">
-[...2 lines deleted...]
-      <c r="C303" t="s">
+      <c r="H303" t="s">
         <v>1202</v>
-      </c>
-[...13 lines deleted...]
-        <v>1204</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E304" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F304" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G304" s="1" t="s">
         <v>1205</v>
       </c>
-      <c r="B304" t="s">
-[...2 lines deleted...]
-      <c r="C304" t="s">
+      <c r="H304" t="s">
         <v>1206</v>
-      </c>
-[...13 lines deleted...]
-        <v>1208</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D305" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E305" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F305" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G305" s="1" t="s">
         <v>1209</v>
       </c>
-      <c r="B305" t="s">
-[...2 lines deleted...]
-      <c r="C305" t="s">
+      <c r="H305" t="s">
         <v>1210</v>
-      </c>
-[...13 lines deleted...]
-        <v>1212</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F306" t="s">
+        <v>52</v>
+      </c>
+      <c r="G306" s="1" t="s">
         <v>1213</v>
       </c>
-      <c r="B306" t="s">
-[...2 lines deleted...]
-      <c r="C306" t="s">
+      <c r="H306" t="s">
         <v>1214</v>
-      </c>
-[...13 lines deleted...]
-        <v>1216</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D307" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E307" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F307" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G307" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="B307" t="s">
-[...2 lines deleted...]
-      <c r="C307" t="s">
+      <c r="H307" t="s">
         <v>1218</v>
-      </c>
-[...13 lines deleted...]
-        <v>1220</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E308" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F308" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G308" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="B308" t="s">
-[...2 lines deleted...]
-      <c r="C308" t="s">
+      <c r="H308" t="s">
         <v>1222</v>
-      </c>
-[...13 lines deleted...]
-        <v>1224</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F309" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G309" s="1" t="s">
         <v>1225</v>
       </c>
-      <c r="B309" t="s">
-[...2 lines deleted...]
-      <c r="C309" t="s">
+      <c r="H309" t="s">
         <v>1226</v>
-      </c>
-[...13 lines deleted...]
-        <v>1228</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1230</v>
+        <v>1228</v>
       </c>
       <c r="D310" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="E310" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="F310" t="s">
         <v>65</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1231</v>
+        <v>1229</v>
       </c>
       <c r="H310" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F311" t="s">
+        <v>65</v>
+      </c>
+      <c r="G311" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="B311" t="s">
-[...2 lines deleted...]
-      <c r="C311" t="s">
+      <c r="H311" t="s">
         <v>1234</v>
-      </c>
-[...13 lines deleted...]
-        <v>1236</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F312" t="s">
+        <v>13</v>
+      </c>
+      <c r="G312" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="B312" t="s">
-[...2 lines deleted...]
-      <c r="C312" t="s">
+      <c r="H312" t="s">
         <v>1238</v>
-      </c>
-[...13 lines deleted...]
-        <v>1240</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F313" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G313" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="B313" t="s">
-[...2 lines deleted...]
-      <c r="C313" t="s">
+      <c r="H313" t="s">
         <v>1242</v>
-      </c>
-[...13 lines deleted...]
-        <v>1244</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D314" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F314" t="s">
+        <v>13</v>
+      </c>
+      <c r="G314" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="B314" t="s">
-[...2 lines deleted...]
-      <c r="C314" t="s">
+      <c r="H314" t="s">
         <v>1246</v>
-      </c>
-[...13 lines deleted...]
-        <v>1248</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F315" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G315" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="B315" t="s">
-[...2 lines deleted...]
-      <c r="C315" t="s">
+      <c r="H315" t="s">
         <v>1250</v>
-      </c>
-[...13 lines deleted...]
-        <v>1252</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D316" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E316" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F316" t="s">
+        <v>78</v>
+      </c>
+      <c r="G316" s="1" t="s">
         <v>1253</v>
       </c>
-      <c r="B316" t="s">
-[...2 lines deleted...]
-      <c r="C316" t="s">
+      <c r="H316" t="s">
         <v>1254</v>
-      </c>
-[...13 lines deleted...]
-        <v>1256</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D317" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F317" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G317" s="1" t="s">
         <v>1257</v>
       </c>
-      <c r="B317" t="s">
-[...2 lines deleted...]
-      <c r="C317" t="s">
+      <c r="H317" t="s">
         <v>1258</v>
-      </c>
-[...13 lines deleted...]
-        <v>1260</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D318" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F318" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G318" s="1" t="s">
         <v>1261</v>
       </c>
-      <c r="B318" t="s">
-[...2 lines deleted...]
-      <c r="C318" t="s">
+      <c r="H318" t="s">
         <v>1262</v>
-      </c>
-[...13 lines deleted...]
-        <v>1264</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D319" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F319" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G319" s="1" t="s">
         <v>1265</v>
       </c>
-      <c r="B319" t="s">
-[...2 lines deleted...]
-      <c r="C319" t="s">
+      <c r="H319" t="s">
         <v>1266</v>
-      </c>
-[...13 lines deleted...]
-        <v>1268</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E320" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F320" t="s">
+        <v>52</v>
+      </c>
+      <c r="G320" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="B320" t="s">
-[...2 lines deleted...]
-      <c r="C320" t="s">
+      <c r="H320" t="s">
         <v>1270</v>
-      </c>
-[...13 lines deleted...]
-        <v>1272</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F321" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G321" s="1" t="s">
         <v>1273</v>
       </c>
-      <c r="B321" t="s">
-[...2 lines deleted...]
-      <c r="C321" t="s">
+      <c r="H321" t="s">
         <v>1274</v>
-      </c>
-[...13 lines deleted...]
-        <v>1276</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E322" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F322" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G322" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="B322" t="s">
-[...2 lines deleted...]
-      <c r="C322" t="s">
+      <c r="H322" t="s">
         <v>1278</v>
-      </c>
-[...13 lines deleted...]
-        <v>1281</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E323" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F323" t="s">
+        <v>1281</v>
+      </c>
+      <c r="G323" s="1" t="s">
         <v>1282</v>
       </c>
-      <c r="B323" t="s">
-[...2 lines deleted...]
-      <c r="C323" t="s">
+      <c r="H323" t="s">
         <v>1283</v>
-      </c>
-[...13 lines deleted...]
-        <v>1284</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
         <v>1285</v>
       </c>
-      <c r="B324" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D324" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="E324" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="F324" t="s">
         <v>78</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1287</v>
+        <v>304</v>
       </c>
       <c r="H324" t="s">
-        <v>1288</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F325" t="s">
+        <v>78</v>
+      </c>
+      <c r="G325" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="B325" t="s">
-[...2 lines deleted...]
-      <c r="C325" t="s">
+      <c r="H325" t="s">
         <v>1290</v>
-      </c>
-[...13 lines deleted...]
-        <v>1292</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F326" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G326" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="B326" t="s">
-[...2 lines deleted...]
-      <c r="C326" t="s">
+      <c r="H326" t="s">
         <v>1294</v>
-      </c>
-[...13 lines deleted...]
-        <v>1296</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E327" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F327" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G327" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="B327" t="s">
-[...2 lines deleted...]
-      <c r="C327" t="s">
+      <c r="H327" t="s">
         <v>1298</v>
-      </c>
-[...13 lines deleted...]
-        <v>1300</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F328" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G328" s="1" t="s">
         <v>1301</v>
       </c>
-      <c r="B328" t="s">
-[...2 lines deleted...]
-      <c r="C328" t="s">
+      <c r="H328" t="s">
         <v>1302</v>
-      </c>
-[...13 lines deleted...]
-        <v>1304</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E329" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F329" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G329" s="1" t="s">
         <v>1305</v>
       </c>
-      <c r="B329" t="s">
-[...2 lines deleted...]
-      <c r="C329" t="s">
+      <c r="H329" t="s">
         <v>1306</v>
-      </c>
-[...13 lines deleted...]
-        <v>1308</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F330" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G330" s="1" t="s">
         <v>1309</v>
       </c>
-      <c r="B330" t="s">
-[...2 lines deleted...]
-      <c r="C330" t="s">
+      <c r="H330" t="s">
         <v>1310</v>
-      </c>
-[...13 lines deleted...]
-        <v>1312</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F331" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G331" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="B331" t="s">
-[...2 lines deleted...]
-      <c r="C331" t="s">
+      <c r="H331" t="s">
         <v>1314</v>
-      </c>
-[...13 lines deleted...]
-        <v>1244</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
         <v>1316</v>
       </c>
-      <c r="B332" t="s">
-[...2 lines deleted...]
-      <c r="C332" t="s">
+      <c r="D332" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E332" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F332" t="s">
+        <v>13</v>
+      </c>
+      <c r="G332" s="1" t="s">
         <v>1317</v>
       </c>
-      <c r="D332" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H332" t="s">
-        <v>1319</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F333" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G333" s="1" t="s">
         <v>1320</v>
       </c>
-      <c r="B333" t="s">
-[...2 lines deleted...]
-      <c r="C333" t="s">
+      <c r="H333" t="s">
         <v>1321</v>
-      </c>
-[...13 lines deleted...]
-        <v>1323</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F334" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G334" s="1" t="s">
         <v>1324</v>
       </c>
-      <c r="B334" t="s">
-[...2 lines deleted...]
-      <c r="C334" t="s">
+      <c r="H334" t="s">
         <v>1325</v>
-      </c>
-[...13 lines deleted...]
-        <v>1327</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F335" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G335" s="1" t="s">
         <v>1328</v>
       </c>
-      <c r="B335" t="s">
-[...2 lines deleted...]
-      <c r="C335" t="s">
+      <c r="H335" t="s">
         <v>1329</v>
-      </c>
-[...13 lines deleted...]
-        <v>1331</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F336" t="s">
+        <v>22</v>
+      </c>
+      <c r="G336" s="1" t="s">
         <v>1332</v>
       </c>
-      <c r="B336" t="s">
-[...2 lines deleted...]
-      <c r="C336" t="s">
+      <c r="H336" t="s">
         <v>1333</v>
-      </c>
-[...13 lines deleted...]
-        <v>1335</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F337" t="s">
+        <v>78</v>
+      </c>
+      <c r="G337" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="B337" t="s">
-[...2 lines deleted...]
-      <c r="C337" t="s">
+      <c r="H337" t="s">
         <v>1337</v>
-      </c>
-[...13 lines deleted...]
-        <v>1339</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1340</v>
+        <v>1338</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="D338" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="E338" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="F338" t="s">
         <v>13</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
       <c r="H338" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F339" t="s">
+        <v>13</v>
+      </c>
+      <c r="G339" s="1" t="s">
         <v>1344</v>
       </c>
-      <c r="B339" t="s">
-[...2 lines deleted...]
-      <c r="C339" t="s">
+      <c r="H339" t="s">
         <v>1345</v>
-      </c>
-[...13 lines deleted...]
-        <v>1347</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1349</v>
+        <v>1347</v>
       </c>
       <c r="D340" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="E340" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="F340" t="s">
         <v>96</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1350</v>
+        <v>1348</v>
       </c>
       <c r="H340" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F341" t="s">
+        <v>96</v>
+      </c>
+      <c r="G341" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="B341" t="s">
-[...2 lines deleted...]
-      <c r="C341" t="s">
+      <c r="H341" t="s">
         <v>1353</v>
-      </c>
-[...13 lines deleted...]
-        <v>1355</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1356</v>
+        <v>1354</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1357</v>
+        <v>1355</v>
       </c>
       <c r="D342" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="E342" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="F342" t="s">
         <v>255</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1358</v>
+        <v>1356</v>
       </c>
       <c r="H342" t="s">
-        <v>1359</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F343" t="s">
+        <v>255</v>
+      </c>
+      <c r="G343" s="1" t="s">
         <v>1360</v>
       </c>
-      <c r="B343" t="s">
-[...2 lines deleted...]
-      <c r="C343" t="s">
+      <c r="H343" t="s">
         <v>1361</v>
-      </c>
-[...13 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F344" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G344" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="B344" t="s">
-[...2 lines deleted...]
-      <c r="C344" t="s">
+      <c r="H344" t="s">
         <v>1365</v>
-      </c>
-[...13 lines deleted...]
-        <v>1367</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F345" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G345" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="B345" t="s">
-[...2 lines deleted...]
-      <c r="C345" t="s">
+      <c r="H345" t="s">
         <v>1369</v>
-      </c>
-[...13 lines deleted...]
-        <v>1371</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F346" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G346" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="B346" t="s">
-[...2 lines deleted...]
-      <c r="C346" t="s">
+      <c r="H346" t="s">
         <v>1373</v>
-      </c>
-[...13 lines deleted...]
-        <v>1375</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F347" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G347" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="B347" t="s">
-[...2 lines deleted...]
-      <c r="C347" t="s">
+      <c r="H347" t="s">
         <v>1377</v>
-      </c>
-[...13 lines deleted...]
-        <v>1379</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F348" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G348" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="B348" t="s">
-[...2 lines deleted...]
-      <c r="C348" t="s">
+      <c r="H348" t="s">
         <v>1381</v>
-      </c>
-[...13 lines deleted...]
-        <v>1383</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F349" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G349" s="1" t="s">
         <v>1384</v>
       </c>
-      <c r="B349" t="s">
-[...2 lines deleted...]
-      <c r="C349" t="s">
+      <c r="H349" t="s">
         <v>1385</v>
-      </c>
-[...13 lines deleted...]
-        <v>1387</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F350" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G350" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="B350" t="s">
-[...2 lines deleted...]
-      <c r="C350" t="s">
+      <c r="H350" t="s">
         <v>1389</v>
-      </c>
-[...13 lines deleted...]
-        <v>1391</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F351" t="s">
+        <v>96</v>
+      </c>
+      <c r="G351" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="B351" t="s">
-[...2 lines deleted...]
-      <c r="C351" t="s">
+      <c r="H351" t="s">
         <v>1393</v>
-      </c>
-[...13 lines deleted...]
-        <v>1395</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F352" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G352" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="B352" t="s">
-[...2 lines deleted...]
-      <c r="C352" t="s">
+      <c r="H352" t="s">
         <v>1397</v>
-      </c>
-[...13 lines deleted...]
-        <v>1399</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F353" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G353" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="B353" t="s">
-[...2 lines deleted...]
-      <c r="C353" t="s">
+      <c r="H353" t="s">
         <v>1401</v>
-      </c>
-[...13 lines deleted...]
-        <v>1403</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F354" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G354" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="B354" t="s">
-[...2 lines deleted...]
-      <c r="C354" t="s">
+      <c r="H354" t="s">
         <v>1405</v>
-      </c>
-[...13 lines deleted...]
-        <v>1407</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F355" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G355" s="1" t="s">
         <v>1408</v>
       </c>
-      <c r="B355" t="s">
-[...2 lines deleted...]
-      <c r="C355" t="s">
+      <c r="H355" t="s">
         <v>1409</v>
-      </c>
-[...13 lines deleted...]
-        <v>1411</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F356" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G356" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="B356" t="s">
-[...2 lines deleted...]
-      <c r="C356" t="s">
+      <c r="H356" t="s">
         <v>1413</v>
-      </c>
-[...13 lines deleted...]
-        <v>1415</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F357" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G357" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="B357" t="s">
-[...2 lines deleted...]
-      <c r="C357" t="s">
+      <c r="H357" t="s">
         <v>1417</v>
-      </c>
-[...13 lines deleted...]
-        <v>1419</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F358" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G358" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="B358" t="s">
-[...2 lines deleted...]
-      <c r="C358" t="s">
+      <c r="H358" t="s">
         <v>1421</v>
-      </c>
-[...13 lines deleted...]
-        <v>1423</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F359" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G359" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="B359" t="s">
-[...2 lines deleted...]
-      <c r="C359" t="s">
+      <c r="H359" t="s">
         <v>1425</v>
-      </c>
-[...13 lines deleted...]
-        <v>1427</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F360" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G360" s="1" t="s">
         <v>1428</v>
       </c>
-      <c r="B360" t="s">
-[...2 lines deleted...]
-      <c r="C360" t="s">
+      <c r="H360" t="s">
         <v>1429</v>
-      </c>
-[...13 lines deleted...]
-        <v>1431</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F361" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G361" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="B361" t="s">
-[...2 lines deleted...]
-      <c r="C361" t="s">
+      <c r="H361" t="s">
         <v>1433</v>
-      </c>
-[...13 lines deleted...]
-        <v>1435</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F362" t="s">
+        <v>96</v>
+      </c>
+      <c r="G362" s="1" t="s">
         <v>1436</v>
       </c>
-      <c r="B362" t="s">
-[...2 lines deleted...]
-      <c r="C362" t="s">
+      <c r="H362" t="s">
         <v>1437</v>
-      </c>
-[...13 lines deleted...]
-        <v>1439</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F363" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G363" s="1" t="s">
         <v>1440</v>
       </c>
-      <c r="B363" t="s">
-[...2 lines deleted...]
-      <c r="C363" t="s">
+      <c r="H363" t="s">
         <v>1441</v>
-      </c>
-[...13 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F364" t="s">
+        <v>1444</v>
+      </c>
+      <c r="G364" s="1" t="s">
         <v>1445</v>
       </c>
-      <c r="B364" t="s">
-[...2 lines deleted...]
-      <c r="C364" t="s">
+      <c r="H364" t="s">
         <v>1446</v>
-      </c>
-[...13 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F365" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G365" s="1" t="s">
         <v>1449</v>
       </c>
-      <c r="B365" t="s">
-[...2 lines deleted...]
-      <c r="C365" t="s">
+      <c r="H365" t="s">
         <v>1450</v>
-      </c>
-[...13 lines deleted...]
-        <v>1452</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F366" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G366" s="1" t="s">
         <v>1453</v>
       </c>
-      <c r="B366" t="s">
-[...2 lines deleted...]
-      <c r="C366" t="s">
+      <c r="H366" t="s">
         <v>1454</v>
-      </c>
-[...13 lines deleted...]
-        <v>1456</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F367" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G367" s="1" t="s">
         <v>1457</v>
       </c>
-      <c r="B367" t="s">
-[...2 lines deleted...]
-      <c r="C367" t="s">
+      <c r="H367" t="s">
         <v>1458</v>
-      </c>
-[...13 lines deleted...]
-        <v>1460</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F368" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G368" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="B368" t="s">
-[...2 lines deleted...]
-      <c r="C368" t="s">
+      <c r="H368" t="s">
         <v>1462</v>
-      </c>
-[...13 lines deleted...]
-        <v>1464</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F369" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G369" s="1" t="s">
         <v>1465</v>
       </c>
-      <c r="B369" t="s">
-[...2 lines deleted...]
-      <c r="C369" t="s">
+      <c r="H369" t="s">
         <v>1466</v>
-      </c>
-[...13 lines deleted...]
-        <v>1468</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F370" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G370" s="1" t="s">
         <v>1469</v>
       </c>
-      <c r="B370" t="s">
-[...2 lines deleted...]
-      <c r="C370" t="s">
+      <c r="H370" t="s">
         <v>1470</v>
-      </c>
-[...13 lines deleted...]
-        <v>1474</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1473</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F371" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G371" s="1" t="s">
         <v>1475</v>
       </c>
-      <c r="B371" t="s">
-[...2 lines deleted...]
-      <c r="C371" t="s">
+      <c r="H371" t="s">
         <v>1476</v>
-      </c>
-[...13 lines deleted...]
-        <v>1478</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1473</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F372" t="s">
+        <v>52</v>
+      </c>
+      <c r="G372" s="1" t="s">
         <v>1479</v>
       </c>
-      <c r="B372" t="s">
-[...2 lines deleted...]
-      <c r="C372" t="s">
+      <c r="H372" t="s">
         <v>1480</v>
-      </c>
-[...13 lines deleted...]
-        <v>1482</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1473</v>
+      </c>
+      <c r="E373" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F373" t="s">
+        <v>458</v>
+      </c>
+      <c r="G373" s="1" t="s">
         <v>1483</v>
       </c>
-      <c r="B373" t="s">
-[...2 lines deleted...]
-      <c r="C373" t="s">
+      <c r="H373" t="s">
         <v>1484</v>
-      </c>
-[...13 lines deleted...]
-        <v>1486</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1473</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F374" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G374" s="1" t="s">
         <v>1487</v>
       </c>
-      <c r="B374" t="s">
-[...5 lines deleted...]
-      <c r="D374" t="s">
+      <c r="H374" t="s">
         <v>1488</v>
-      </c>
-[...10 lines deleted...]
-        <v>1491</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>10</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F375" t="s">
+        <v>13</v>
+      </c>
+      <c r="G375" s="1" t="s">
         <v>1492</v>
       </c>
-      <c r="B375" t="s">
-[...14 lines deleted...]
-      <c r="G375" s="1" t="s">
+      <c r="H375" t="s">
         <v>1493</v>
-      </c>
-[...1 lines deleted...]
-        <v>1494</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1495</v>
+        <v>1494</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D376" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E376" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F376" t="s">
         <v>22</v>
       </c>
       <c r="G376" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H376" t="s">
         <v>1496</v>
-      </c>
-[...1 lines deleted...]
-        <v>1497</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1498</v>
+        <v>1497</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D377" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E377" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F377" t="s">
         <v>22</v>
       </c>
       <c r="G377" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H377" t="s">
         <v>1499</v>
-      </c>
-[...1 lines deleted...]
-        <v>1500</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>26</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F378" t="s">
+        <v>22</v>
+      </c>
+      <c r="G378" s="1" t="s">
         <v>1501</v>
       </c>
-      <c r="B378" t="s">
-[...14 lines deleted...]
-      <c r="G378" s="1" t="s">
+      <c r="H378" t="s">
         <v>1502</v>
-      </c>
-[...1 lines deleted...]
-        <v>1503</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D379" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E379" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F379" t="s">
         <v>13</v>
       </c>
       <c r="G379" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H379" t="s">
         <v>1505</v>
-      </c>
-[...1 lines deleted...]
-        <v>1506</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1507</v>
+        <v>1506</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D380" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E380" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F380" t="s">
         <v>13</v>
       </c>
       <c r="G380" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H380" t="s">
         <v>1508</v>
-      </c>
-[...1 lines deleted...]
-        <v>1509</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>38</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E381" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F381" t="s">
+        <v>13</v>
+      </c>
+      <c r="G381" s="1" t="s">
         <v>1510</v>
       </c>
-      <c r="B381" t="s">
-[...14 lines deleted...]
-      <c r="G381" s="1" t="s">
+      <c r="H381" t="s">
         <v>1511</v>
-      </c>
-[...1 lines deleted...]
-        <v>1512</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>42</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E382" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F382" t="s">
+        <v>22</v>
+      </c>
+      <c r="G382" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="B382" t="s">
-[...11 lines deleted...]
-      <c r="F382" t="s">
+      <c r="H382" t="s">
         <v>1514</v>
-      </c>
-[...4 lines deleted...]
-        <v>1516</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>51</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E383" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F383" t="s">
+        <v>1516</v>
+      </c>
+      <c r="G383" s="1" t="s">
         <v>1517</v>
       </c>
-      <c r="B383" t="s">
-[...14 lines deleted...]
-      <c r="G383" s="1" t="s">
+      <c r="H383" t="s">
         <v>1518</v>
-      </c>
-[...1 lines deleted...]
-        <v>1519</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1520</v>
+        <v>1519</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D384" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E384" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F384" t="s">
         <v>22</v>
       </c>
       <c r="G384" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="H384" t="s">
         <v>1521</v>
-      </c>
-[...1 lines deleted...]
-        <v>1522</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1523</v>
+        <v>1522</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D385" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E385" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F385" t="s">
         <v>22</v>
       </c>
       <c r="G385" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H385" t="s">
         <v>1524</v>
-      </c>
-[...1 lines deleted...]
-        <v>1525</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>64</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E386" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F386" t="s">
+        <v>22</v>
+      </c>
+      <c r="G386" s="1" t="s">
         <v>1526</v>
       </c>
-      <c r="B386" t="s">
-[...14 lines deleted...]
-      <c r="G386" s="1" t="s">
+      <c r="H386" t="s">
         <v>1527</v>
-      </c>
-[...1 lines deleted...]
-        <v>1528</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>69</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F387" t="s">
+        <v>96</v>
+      </c>
+      <c r="G387" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="B387" t="s">
-[...14 lines deleted...]
-      <c r="G387" s="1" t="s">
+      <c r="H387" t="s">
         <v>1530</v>
-      </c>
-[...1 lines deleted...]
-        <v>1531</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1532</v>
+        <v>1531</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D388" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E388" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F388" t="s">
         <v>22</v>
       </c>
       <c r="G388" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H388" t="s">
         <v>1533</v>
-      </c>
-[...1 lines deleted...]
-        <v>1534</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1535</v>
+        <v>1534</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="D389" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E389" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F389" t="s">
         <v>22</v>
       </c>
       <c r="G389" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="H389" t="s">
         <v>1536</v>
-      </c>
-[...1 lines deleted...]
-        <v>1537</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>82</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E390" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F390" t="s">
+        <v>22</v>
+      </c>
+      <c r="G390" s="1" t="s">
         <v>1538</v>
       </c>
-      <c r="B390" t="s">
-[...14 lines deleted...]
-      <c r="G390" s="1" t="s">
+      <c r="H390" t="s">
         <v>1539</v>
-      </c>
-[...1 lines deleted...]
-        <v>1540</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
+        <v>86</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E391" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F391" t="s">
+        <v>13</v>
+      </c>
+      <c r="G391" s="1" t="s">
         <v>1541</v>
       </c>
-      <c r="B391" t="s">
-[...14 lines deleted...]
-      <c r="G391" s="1" t="s">
+      <c r="H391" t="s">
         <v>1542</v>
-      </c>
-[...1 lines deleted...]
-        <v>1543</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1544</v>
+        <v>1543</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="D392" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E392" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F392" t="s">
         <v>22</v>
       </c>
       <c r="G392" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H392" t="s">
         <v>1545</v>
-      </c>
-[...1 lines deleted...]
-        <v>1546</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>95</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E393" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F393" t="s">
+        <v>22</v>
+      </c>
+      <c r="G393" s="1" t="s">
         <v>1547</v>
       </c>
-      <c r="B393" t="s">
-[...11 lines deleted...]
-      <c r="F393" t="s">
+      <c r="H393" t="s">
         <v>1548</v>
-      </c>
-[...4 lines deleted...]
-        <v>1550</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>100</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F394" t="s">
+        <v>1550</v>
+      </c>
+      <c r="G394" s="1" t="s">
         <v>1551</v>
       </c>
-      <c r="B394" t="s">
-[...14 lines deleted...]
-      <c r="G394" s="1" t="s">
+      <c r="H394" t="s">
         <v>1552</v>
-      </c>
-[...1 lines deleted...]
-        <v>1553</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>104</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F395" t="s">
+        <v>13</v>
+      </c>
+      <c r="G395" s="1" t="s">
         <v>1554</v>
       </c>
-      <c r="B395" t="s">
-[...14 lines deleted...]
-      <c r="G395" s="1" t="s">
+      <c r="H395" t="s">
         <v>1555</v>
-      </c>
-[...1 lines deleted...]
-        <v>1556</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D396" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E396" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F396" t="s">
         <v>22</v>
       </c>
       <c r="G396" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H396" t="s">
         <v>1558</v>
-      </c>
-[...1 lines deleted...]
-        <v>1559</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D397" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E397" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F397" t="s">
         <v>22</v>
       </c>
       <c r="G397" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="H397" t="s">
         <v>1561</v>
-      </c>
-[...1 lines deleted...]
-        <v>1562</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D398" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E398" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F398" t="s">
         <v>22</v>
       </c>
       <c r="G398" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="H398" t="s">
         <v>1564</v>
-      </c>
-[...1 lines deleted...]
-        <v>1565</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>120</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F399" t="s">
+        <v>22</v>
+      </c>
+      <c r="G399" s="1" t="s">
         <v>1566</v>
       </c>
-      <c r="B399" t="s">
-[...14 lines deleted...]
-      <c r="G399" s="1" t="s">
+      <c r="H399" t="s">
         <v>1567</v>
-      </c>
-[...1 lines deleted...]
-        <v>1568</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>124</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E400" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F400" t="s">
+        <v>13</v>
+      </c>
+      <c r="G400" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="B400" t="s">
-[...14 lines deleted...]
-      <c r="G400" s="1" t="s">
+      <c r="H400" t="s">
         <v>1570</v>
-      </c>
-[...1 lines deleted...]
-        <v>1571</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>128</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F401" t="s">
+        <v>141</v>
+      </c>
+      <c r="G401" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="B401" t="s">
-[...14 lines deleted...]
-      <c r="G401" s="1" t="s">
+      <c r="H401" t="s">
         <v>1573</v>
-      </c>
-[...1 lines deleted...]
-        <v>1574</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>132</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F402" t="s">
+        <v>22</v>
+      </c>
+      <c r="G402" s="1" t="s">
         <v>1575</v>
       </c>
-      <c r="B402" t="s">
-[...2 lines deleted...]
-      <c r="C402" t="s">
+      <c r="H402" t="s">
         <v>1576</v>
-      </c>
-[...13 lines deleted...]
-        <v>1578</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F403" t="s">
+        <v>96</v>
+      </c>
+      <c r="G403" s="1" t="s">
         <v>1579</v>
       </c>
-      <c r="B403" t="s">
-[...14 lines deleted...]
-      <c r="G403" s="1" t="s">
+      <c r="H403" t="s">
         <v>1580</v>
-      </c>
-[...1 lines deleted...]
-        <v>1581</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D404" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E404" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F404" t="s">
         <v>22</v>
       </c>
       <c r="G404" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H404" t="s">
         <v>1583</v>
-      </c>
-[...1 lines deleted...]
-        <v>1584</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1586</v>
+        <v>140</v>
       </c>
       <c r="D405" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E405" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F405" t="s">
         <v>22</v>
       </c>
       <c r="G405" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
         <v>1587</v>
       </c>
-      <c r="H405" t="s">
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
         <v>1588</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F406" t="s">
+        <v>22</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1590</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -16080,50 +16115,51 @@
     <hyperlink ref="G381" r:id="rId380"/>
     <hyperlink ref="G382" r:id="rId381"/>
     <hyperlink ref="G383" r:id="rId382"/>
     <hyperlink ref="G384" r:id="rId383"/>
     <hyperlink ref="G385" r:id="rId384"/>
     <hyperlink ref="G386" r:id="rId385"/>
     <hyperlink ref="G387" r:id="rId386"/>
     <hyperlink ref="G388" r:id="rId387"/>
     <hyperlink ref="G389" r:id="rId388"/>
     <hyperlink ref="G390" r:id="rId389"/>
     <hyperlink ref="G391" r:id="rId390"/>
     <hyperlink ref="G392" r:id="rId391"/>
     <hyperlink ref="G393" r:id="rId392"/>
     <hyperlink ref="G394" r:id="rId393"/>
     <hyperlink ref="G395" r:id="rId394"/>
     <hyperlink ref="G396" r:id="rId395"/>
     <hyperlink ref="G397" r:id="rId396"/>
     <hyperlink ref="G398" r:id="rId397"/>
     <hyperlink ref="G399" r:id="rId398"/>
     <hyperlink ref="G400" r:id="rId399"/>
     <hyperlink ref="G401" r:id="rId400"/>
     <hyperlink ref="G402" r:id="rId401"/>
     <hyperlink ref="G403" r:id="rId402"/>
     <hyperlink ref="G404" r:id="rId403"/>
     <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>